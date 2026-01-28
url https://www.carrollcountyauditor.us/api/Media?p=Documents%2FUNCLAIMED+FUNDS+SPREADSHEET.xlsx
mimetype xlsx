--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -3,92 +3,92 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://carrollcountyohious-my.sharepoint.com/personal/sbrady_carrollcountyohio_us/Documents/Auditor Website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sbrad\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="400" documentId="13_ncr:1_{F191C9C3-AD23-42EE-AD50-7A8E73A11F32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{87EB0E6C-D6DF-43C1-9013-2133C7BD74EF}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94AEF527-07ED-4E0C-9259-70CE7BDD1EC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="18465" windowHeight="15465" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Alpha" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Alpha!$D$1:$D$726</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Alpha!$D$1:$D$727</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B725" i="4" l="1"/>
+  <c r="B726" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1454" uniqueCount="1330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1456" uniqueCount="1331">
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>AMOUNT</t>
   </si>
   <si>
     <t>ORIGINATED FROM</t>
   </si>
   <si>
     <t>DATE ENTERED</t>
   </si>
   <si>
     <t>Hamilton, Donald</t>
   </si>
   <si>
     <t>Maag, William R</t>
   </si>
   <si>
     <t>Settlement</t>
   </si>
   <si>
     <t>Swonger, Timothy</t>
   </si>
   <si>
@@ -2743,56 +2743,50 @@
   <si>
     <t>Williams, Hope L</t>
   </si>
   <si>
     <t>Check #99588 Witness - Municipal Court</t>
   </si>
   <si>
     <t>Leach, Tammie</t>
   </si>
   <si>
     <t>Check #995885 Witness - Municipal Court</t>
   </si>
   <si>
     <t>Smith, Christina</t>
   </si>
   <si>
     <t>Check #995889 Witness - Municipal Court</t>
   </si>
   <si>
     <t>Shatzer, Shawn</t>
   </si>
   <si>
     <t>Check #995890 Witness - Municipal Court</t>
   </si>
   <si>
-    <t>Leesville Lake Property Owner's Association, et al</t>
-[...4 lines deleted...]
-  <si>
     <t>Ball, Shawn M</t>
   </si>
   <si>
     <t>check #1000119 Juror - Common Pleas</t>
   </si>
   <si>
     <t>check #1000153 Witness - Municipal Court</t>
   </si>
   <si>
     <t>Arnold, Leslie</t>
   </si>
   <si>
     <t>Bailey, Lorah</t>
   </si>
   <si>
     <t>Bishop, Stacy L</t>
   </si>
   <si>
     <t>check #1000421 9/8/21 Juror - Common Pleas</t>
   </si>
   <si>
     <t>Boggs, John P</t>
   </si>
   <si>
     <t>check #1000293 6/12/21 Juror - Common Pleas</t>
@@ -3301,50 +3295,53 @@
   <si>
     <t>Aultcare Insurance Co</t>
   </si>
   <si>
     <t>check #41344 12/29/22 case#2019CVC29415 refund</t>
   </si>
   <si>
     <t>Check 43655 7/15/2022 Muni Case CRB2000099 Refund</t>
   </si>
   <si>
     <t>Check 43702 8/8/2022 Muni Case TRC2200193 Refund</t>
   </si>
   <si>
     <t>Check 43786 9/15/2022 Muni Case TRC2200159 Refund</t>
   </si>
   <si>
     <t>Russell, Tia M</t>
   </si>
   <si>
     <t>Newcomer, Kali M</t>
   </si>
   <si>
     <t>Alazaus, Bronson J</t>
   </si>
   <si>
+    <t>.</t>
+  </si>
+  <si>
     <t>Dillinger, John P</t>
   </si>
   <si>
     <t>check #1001007 juror - common pleas</t>
   </si>
   <si>
     <t>Melton, Andy B</t>
   </si>
   <si>
     <t>check #1001019 juror - common pleas</t>
   </si>
   <si>
     <t>Morgan, David Thomas</t>
   </si>
   <si>
     <t>check #1001022 juror - common pleas</t>
   </si>
   <si>
     <t>Phillips, Paul</t>
   </si>
   <si>
     <t>check #1001025 juror - common pleas</t>
   </si>
   <si>
     <t>Posey, Jacqueline E</t>
@@ -4034,50 +4031,56 @@
     <t>Check#1001805 6/4/25 juror - common pleas</t>
   </si>
   <si>
     <t>Blackburn, Sandy</t>
   </si>
   <si>
     <t>check #1001811 witness common pleas</t>
   </si>
   <si>
     <t>Lumley Shin, Hwa Y</t>
   </si>
   <si>
     <t>check #206854</t>
   </si>
   <si>
     <t>Elifritz, Shane</t>
   </si>
   <si>
     <t>check #996038 witness - common pleas</t>
   </si>
   <si>
     <t>Ezell, Miranda</t>
   </si>
   <si>
     <t>check #996039 witness - common pleas</t>
+  </si>
+  <si>
+    <t>check #1001819 7/9/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>check #1001831 8/6/25 juror - common pleas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -4176,51 +4179,53 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6600"/>
       <color rgb="FF00FFFF"/>
       <color rgb="FFB2B2B2"/>
       <color rgb="FF996633"/>
       <color rgb="FFFF6699"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -4502,51 +4507,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K726"/>
+  <dimension ref="A1:K727"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25" style="15" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" style="13" customWidth="1"/>
     <col min="3" max="3" width="57.42578125" style="15" customWidth="1"/>
     <col min="4" max="4" width="12.140625" style="25" customWidth="1"/>
     <col min="5" max="5" width="13.140625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="17.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="22" t="s">
@@ -4573,114 +4578,114 @@
         <v>10000</v>
       </c>
       <c r="F2" s="1"/>
       <c r="G2" s="4"/>
     </row>
     <row r="3" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>281</v>
       </c>
       <c r="B3" s="9">
         <v>200</v>
       </c>
       <c r="C3" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D3" s="25">
         <v>44336</v>
       </c>
       <c r="E3" s="20">
         <v>10000</v>
       </c>
       <c r="G3" s="9"/>
     </row>
     <row r="4" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="B4" s="9">
         <v>200</v>
       </c>
       <c r="C4" s="15" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D4" s="25">
         <v>44781</v>
       </c>
       <c r="E4" s="20">
         <v>10000</v>
       </c>
       <c r="F4" s="1"/>
       <c r="G4" s="2"/>
     </row>
     <row r="5" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="9">
         <v>52</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="25">
         <v>43875</v>
       </c>
       <c r="E5" s="20">
         <v>10000</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="9">
         <v>22.75</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="25">
         <v>43875</v>
       </c>
       <c r="E6" s="20">
         <v>10000</v>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="4"/>
     </row>
     <row r="7" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="B7" s="14">
         <v>25</v>
       </c>
       <c r="C7" s="15" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="D7" s="23">
         <v>45362</v>
       </c>
       <c r="E7" s="21">
         <v>10000</v>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="4"/>
     </row>
     <row r="8" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="16">
         <v>13</v>
       </c>
       <c r="C8" s="15" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="25">
         <v>43958</v>
       </c>
       <c r="E8" s="20">
         <v>10000</v>
@@ -4688,205 +4693,205 @@
       <c r="F8" s="10"/>
       <c r="G8" s="4"/>
       <c r="H8" s="7"/>
     </row>
     <row r="9" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B9" s="9">
         <v>4.0999999999999996</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D9" s="25">
         <v>44175</v>
       </c>
       <c r="E9" s="20">
         <v>10000</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="4"/>
     </row>
     <row r="10" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="B10" s="9">
         <v>10</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="D10" s="25">
         <v>45887</v>
       </c>
       <c r="E10" s="20"/>
       <c r="F10" s="1"/>
       <c r="G10" s="4"/>
     </row>
     <row r="11" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>347</v>
       </c>
       <c r="B11" s="9">
         <v>8.5</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>348</v>
       </c>
       <c r="D11" s="25">
         <v>44337</v>
       </c>
       <c r="E11" s="20">
         <v>10000</v>
       </c>
       <c r="F11" s="11"/>
       <c r="G11" s="12"/>
     </row>
     <row r="12" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>347</v>
       </c>
       <c r="B12" s="9">
         <v>9</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>355</v>
       </c>
       <c r="D12" s="25">
         <v>44337</v>
       </c>
       <c r="E12" s="20">
         <v>10000</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="4"/>
     </row>
     <row r="13" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="B13" s="9">
         <v>10</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="D13" s="25">
         <v>45558</v>
       </c>
       <c r="E13" s="20">
         <v>10000</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="4"/>
     </row>
     <row r="14" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B14" s="9">
         <v>7.86</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="25">
         <v>44082</v>
       </c>
       <c r="E14" s="20">
         <v>10000</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="4"/>
     </row>
     <row r="15" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>777</v>
       </c>
       <c r="B15" s="9">
         <v>10</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>778</v>
       </c>
       <c r="D15" s="25">
         <v>44340</v>
       </c>
       <c r="E15" s="20">
         <v>10000</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="4"/>
     </row>
     <row r="16" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B16" s="8">
         <v>10</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="D16" s="25">
         <v>45182</v>
       </c>
       <c r="E16" s="20">
         <v>10000</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="4"/>
     </row>
     <row r="17" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="B17" s="8">
         <v>384</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="D17" s="25">
         <v>45840</v>
       </c>
       <c r="E17" s="20"/>
       <c r="F17" s="1"/>
       <c r="G17" s="4"/>
     </row>
     <row r="18" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="B18" s="8">
         <v>192</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="D18" s="25">
         <v>45890</v>
       </c>
       <c r="E18" s="20"/>
       <c r="F18" s="1"/>
       <c r="G18" s="4"/>
     </row>
     <row r="19" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>744</v>
       </c>
       <c r="B19" s="9">
         <v>8.6</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>745</v>
       </c>
       <c r="D19" s="25">
         <v>44337</v>
       </c>
       <c r="E19" s="20">
         <v>10000</v>
       </c>
       <c r="F19" s="1"/>
@@ -4987,206 +4992,206 @@
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="4"/>
     </row>
     <row r="25" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>742</v>
       </c>
       <c r="B25" s="9">
         <v>3.4</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>743</v>
       </c>
       <c r="D25" s="25">
         <v>44337</v>
       </c>
       <c r="E25" s="20">
         <v>10000</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="4"/>
     </row>
     <row r="26" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="B26" s="14">
         <v>250</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="D26" s="23">
         <v>45362</v>
       </c>
       <c r="E26" s="21">
         <v>10000</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="4"/>
     </row>
     <row r="27" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="B27" s="14">
         <v>10</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="D27" s="23">
         <v>45406</v>
       </c>
       <c r="E27" s="21">
         <v>10000</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="4"/>
     </row>
     <row r="28" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>411</v>
       </c>
       <c r="B28" s="9">
         <v>31.2</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D28" s="25">
         <v>44340</v>
       </c>
       <c r="E28" s="20">
         <v>10000</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="2"/>
     </row>
     <row r="29" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>411</v>
       </c>
       <c r="B29" s="9">
         <v>11.79</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="D29" s="25">
         <v>45588</v>
       </c>
       <c r="E29" s="20">
         <v>10000</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="2"/>
     </row>
     <row r="30" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B30" s="9">
         <v>551.12</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>510</v>
       </c>
       <c r="D30" s="25">
         <v>45028</v>
       </c>
       <c r="E30" s="20">
         <v>10000</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="4"/>
     </row>
     <row r="31" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>624</v>
       </c>
       <c r="B31" s="9">
         <v>7</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>625</v>
       </c>
       <c r="D31" s="25">
         <v>44328</v>
       </c>
       <c r="E31" s="20">
         <v>10000</v>
       </c>
       <c r="G31" s="9"/>
     </row>
     <row r="32" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A32" s="5" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="B32" s="9">
         <v>11</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="D32" s="25">
         <v>45588</v>
       </c>
       <c r="E32" s="20">
         <v>10000</v>
       </c>
       <c r="G32" s="9"/>
     </row>
     <row r="33" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>775</v>
       </c>
       <c r="B33" s="9">
         <v>10</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>776</v>
       </c>
       <c r="D33" s="25">
         <v>44340</v>
       </c>
       <c r="E33" s="20">
         <v>10000</v>
       </c>
       <c r="G33" s="9"/>
     </row>
     <row r="34" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B34" s="8">
         <v>10</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="D34" s="25">
         <v>45182</v>
       </c>
       <c r="E34" s="20">
         <v>10000</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="4"/>
     </row>
     <row r="35" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A35" s="5" t="s">
         <v>815</v>
       </c>
       <c r="B35" s="9">
         <v>6</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>816</v>
       </c>
       <c r="D35" s="25">
         <v>44340</v>
       </c>
       <c r="E35" s="20">
         <v>10000</v>
@@ -5214,170 +5219,170 @@
       <c r="G36" s="12"/>
       <c r="H36" s="7"/>
     </row>
     <row r="37" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A37" s="5" t="s">
         <v>387</v>
       </c>
       <c r="B37" s="9">
         <v>0.79</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>404</v>
       </c>
       <c r="D37" s="25">
         <v>44340</v>
       </c>
       <c r="E37" s="20">
         <v>10000</v>
       </c>
       <c r="F37" s="11"/>
       <c r="G37" s="12"/>
       <c r="H37" s="7"/>
     </row>
     <row r="38" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="B38" s="9">
         <v>10</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="D38" s="25">
         <v>45558</v>
       </c>
       <c r="E38" s="20">
         <v>10000</v>
       </c>
       <c r="F38" s="11"/>
       <c r="G38" s="12"/>
       <c r="H38" s="7"/>
     </row>
     <row r="39" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A39" s="5" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="B39" s="9">
         <v>10</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="D39" s="25">
         <v>45558</v>
       </c>
       <c r="E39" s="20">
         <v>10000</v>
       </c>
       <c r="F39" s="11"/>
       <c r="G39" s="12"/>
       <c r="H39" s="7"/>
     </row>
     <row r="40" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
         <v>339</v>
       </c>
       <c r="B40" s="9">
         <v>27.91</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D40" s="25">
         <v>44337</v>
       </c>
       <c r="E40" s="20">
         <v>10000</v>
       </c>
       <c r="G40" s="9"/>
     </row>
     <row r="41" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
         <v>339</v>
       </c>
       <c r="B41" s="9">
         <v>27.68</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>386</v>
       </c>
       <c r="D41" s="25">
         <v>44340</v>
       </c>
       <c r="E41" s="20">
         <v>10000</v>
       </c>
       <c r="G41" s="9"/>
     </row>
     <row r="42" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="B42" s="9">
         <v>7.4</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="D42" s="25">
         <v>45558</v>
       </c>
       <c r="E42" s="20">
         <v>10000</v>
       </c>
       <c r="G42" s="9"/>
     </row>
     <row r="43" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="B43" s="8">
         <v>20</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="D43" s="25">
         <v>45154</v>
       </c>
       <c r="E43" s="20">
         <v>10000</v>
       </c>
       <c r="F43" s="2"/>
       <c r="G43" s="4"/>
     </row>
     <row r="44" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="B44" s="8">
         <v>2</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="D44" s="25">
         <v>45588</v>
       </c>
       <c r="E44" s="20">
         <v>10000</v>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="4"/>
     </row>
     <row r="45" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A45" s="5" t="s">
         <v>272</v>
       </c>
       <c r="B45" s="9">
         <v>3.16</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D45" s="25">
         <v>44335</v>
       </c>
       <c r="E45" s="20">
         <v>10000</v>
@@ -5400,75 +5405,75 @@
       <c r="E46" s="20">
         <v>10000</v>
       </c>
       <c r="G46" s="9"/>
     </row>
     <row r="47" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
         <v>805</v>
       </c>
       <c r="B47" s="9">
         <v>10</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>806</v>
       </c>
       <c r="D47" s="25">
         <v>44340</v>
       </c>
       <c r="E47" s="20">
         <v>10000</v>
       </c>
       <c r="G47" s="9"/>
     </row>
     <row r="48" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="B48" s="9">
         <v>10</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="D48" s="25">
         <v>45558</v>
       </c>
       <c r="E48" s="20">
         <v>10000</v>
       </c>
       <c r="G48" s="9"/>
     </row>
     <row r="49" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="B49" s="9">
         <v>10</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="D49" s="25">
         <v>45558</v>
       </c>
       <c r="E49" s="20">
         <v>10000</v>
       </c>
       <c r="G49" s="9"/>
     </row>
     <row r="50" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B50" s="9">
         <v>6.97</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>131</v>
       </c>
       <c r="D50" s="25">
         <v>44232</v>
       </c>
       <c r="E50" s="20">
         <v>10000</v>
       </c>
@@ -5500,84 +5505,84 @@
       </c>
       <c r="B52" s="8">
         <v>13.95</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>614</v>
       </c>
       <c r="D52" s="25">
         <v>45211</v>
       </c>
       <c r="E52" s="20">
         <v>10000</v>
       </c>
       <c r="F52" s="10"/>
       <c r="G52" s="4"/>
       <c r="H52" s="7"/>
     </row>
     <row r="53" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>556</v>
       </c>
       <c r="B53" s="8">
         <v>6.4</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="D53" s="25">
         <v>45154</v>
       </c>
       <c r="E53" s="20">
         <v>10000</v>
       </c>
       <c r="G53" s="9"/>
     </row>
     <row r="54" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A54" s="5" t="s">
         <v>556</v>
       </c>
       <c r="B54" s="8">
         <v>2</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>557</v>
       </c>
       <c r="D54" s="25">
         <v>45211</v>
       </c>
       <c r="E54" s="20">
         <v>10000</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="4"/>
       <c r="H54" s="7"/>
       <c r="I54" s="5"/>
     </row>
     <row r="55" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="B55" s="9">
         <v>3.69</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D55" s="25">
         <v>44231</v>
       </c>
       <c r="E55" s="20">
         <v>10000</v>
       </c>
       <c r="G55" s="9"/>
     </row>
     <row r="56" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
         <v>576</v>
       </c>
       <c r="B56" s="8">
         <v>20</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>577</v>
       </c>
@@ -5663,170 +5668,170 @@
       </c>
       <c r="G60" s="9"/>
     </row>
     <row r="61" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A61" s="5" t="s">
         <v>599</v>
       </c>
       <c r="B61" s="8">
         <v>40</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>600</v>
       </c>
       <c r="D61" s="25">
         <v>45211</v>
       </c>
       <c r="E61" s="20">
         <v>10000</v>
       </c>
       <c r="F61" s="11"/>
       <c r="G61" s="12"/>
       <c r="H61" s="7"/>
     </row>
     <row r="62" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B62" s="8">
         <v>10</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="D62" s="25">
         <v>45182</v>
       </c>
       <c r="E62" s="20">
         <v>10000</v>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="4"/>
     </row>
     <row r="63" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A63" s="5" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="B63" s="8">
         <v>10.8</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="D63" s="25">
         <v>45929</v>
       </c>
       <c r="E63" s="20"/>
       <c r="F63" s="2"/>
       <c r="G63" s="4"/>
     </row>
     <row r="64" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A64" s="5" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="B64" s="8">
         <v>10</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="D64" s="25">
         <v>45558</v>
       </c>
       <c r="E64" s="20">
         <v>10000</v>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="4"/>
     </row>
     <row r="65" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="15" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="B65" s="14">
         <v>111.5</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="D65" s="23">
         <v>45362</v>
       </c>
       <c r="E65" s="21">
         <v>10000</v>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="4"/>
     </row>
     <row r="66" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A66" s="5" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="B66" s="8">
         <v>10</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="D66" s="25">
         <v>45182</v>
       </c>
       <c r="E66" s="20">
         <v>10000</v>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="4"/>
     </row>
     <row r="67" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A67" s="5" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B67" s="8">
         <v>10</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="D67" s="25">
         <v>45182</v>
       </c>
       <c r="E67" s="20">
         <v>10000</v>
       </c>
       <c r="F67" s="10"/>
       <c r="G67" s="4"/>
       <c r="H67" s="7"/>
     </row>
     <row r="68" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A68" s="5" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="B68" s="8">
         <v>7190.04</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="D68" s="25">
         <v>45589</v>
       </c>
       <c r="E68" s="20" t="s">
         <v>488</v>
       </c>
       <c r="F68" s="10"/>
       <c r="G68" s="4"/>
       <c r="H68" s="7"/>
     </row>
     <row r="69" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A69" s="5" t="s">
         <v>420</v>
       </c>
       <c r="B69" s="9">
         <v>9.0500000000000007</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D69" s="25">
         <v>44340</v>
       </c>
       <c r="E69" s="20">
@@ -5852,57 +5857,57 @@
         <v>10000</v>
       </c>
       <c r="G70" s="9"/>
     </row>
     <row r="71" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A71" s="5" t="s">
         <v>212</v>
       </c>
       <c r="B71" s="9">
         <v>10</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D71" s="25">
         <v>44329</v>
       </c>
       <c r="E71" s="20">
         <v>10000</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="4"/>
     </row>
     <row r="72" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A72" s="5" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="B72" s="9">
         <v>10</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="D72" s="25">
         <v>45525</v>
       </c>
       <c r="E72" s="20">
         <v>10000</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="4"/>
     </row>
     <row r="73" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A73" s="5" t="s">
         <v>388</v>
       </c>
       <c r="B73" s="9">
         <v>7.87</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>397</v>
       </c>
       <c r="D73" s="25">
         <v>44340</v>
       </c>
       <c r="E73" s="20">
         <v>10000</v>
@@ -5946,168 +5951,168 @@
         <v>10000</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="4"/>
     </row>
     <row r="76" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A76" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B76" s="9">
         <v>100</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D76" s="25">
         <v>44175</v>
       </c>
       <c r="E76" s="20">
         <v>10000</v>
       </c>
       <c r="G76" s="9"/>
     </row>
     <row r="77" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A77" s="5" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="B77" s="8">
         <v>10</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="D77" s="25">
         <v>45182</v>
       </c>
       <c r="E77" s="20">
         <v>10000</v>
       </c>
       <c r="F77" s="11"/>
       <c r="G77" s="12"/>
       <c r="H77" s="7"/>
     </row>
     <row r="78" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A78" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B78" s="9">
         <v>94.5</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D78" s="25">
         <v>44258</v>
       </c>
       <c r="E78" s="20">
         <v>10000</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="4"/>
     </row>
     <row r="79" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A79" s="5" t="s">
         <v>694</v>
       </c>
       <c r="B79" s="9">
         <v>5.2</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>695</v>
       </c>
       <c r="D79" s="25">
         <v>44335</v>
       </c>
       <c r="E79" s="20">
         <v>10000</v>
       </c>
       <c r="G79" s="9"/>
     </row>
     <row r="80" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A80" s="5" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="B80" s="8">
         <v>10</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="D80" s="25">
         <v>45182</v>
       </c>
       <c r="E80" s="20">
         <v>10000</v>
       </c>
       <c r="G80" s="9"/>
     </row>
     <row r="81" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A81" s="15" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="B81" s="14">
         <v>10</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="D81" s="23">
         <v>45406</v>
       </c>
       <c r="E81" s="21">
         <v>10000</v>
       </c>
       <c r="G81" s="9"/>
     </row>
     <row r="82" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="B82" s="14">
         <v>27.5</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
       <c r="D82" s="23">
         <v>45362</v>
       </c>
       <c r="E82" s="21">
         <v>10000</v>
       </c>
       <c r="G82" s="9"/>
     </row>
     <row r="83" spans="1:11" s="3" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="B83" s="14">
         <v>119.75</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="D83" s="23">
         <v>45362</v>
       </c>
       <c r="E83" s="21">
         <v>10000</v>
       </c>
       <c r="G83" s="9"/>
     </row>
     <row r="84" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A84" s="5" t="s">
         <v>583</v>
       </c>
       <c r="B84" s="8">
         <v>10.15</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>584</v>
       </c>
       <c r="D84" s="25">
         <v>45211</v>
       </c>
       <c r="E84" s="20">
         <v>10000</v>
       </c>
@@ -6149,57 +6154,57 @@
       <c r="E86" s="20">
         <v>10000</v>
       </c>
       <c r="G86" s="9"/>
     </row>
     <row r="87" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A87" s="5" t="s">
         <v>772</v>
       </c>
       <c r="B87" s="9">
         <v>20</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>817</v>
       </c>
       <c r="D87" s="25">
         <v>44340</v>
       </c>
       <c r="E87" s="20">
         <v>10000</v>
       </c>
       <c r="G87" s="9"/>
     </row>
     <row r="88" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="B88" s="14">
         <v>10</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="D88" s="23">
         <v>45406</v>
       </c>
       <c r="E88" s="21">
         <v>10000</v>
       </c>
       <c r="G88" s="9"/>
     </row>
     <row r="89" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A89" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B89" s="9">
         <v>96.55</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D89" s="25">
         <v>44235</v>
       </c>
       <c r="E89" s="20">
         <v>10000</v>
       </c>
@@ -6256,279 +6261,279 @@
     <row r="92" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
         <v>585</v>
       </c>
       <c r="B92" s="8">
         <v>2.3199999999999998</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>617</v>
       </c>
       <c r="D92" s="25">
         <v>45211</v>
       </c>
       <c r="E92" s="20">
         <v>10000</v>
       </c>
       <c r="F92" s="3"/>
       <c r="G92" s="9"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3"/>
       <c r="K92" s="3"/>
     </row>
     <row r="93" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
-        <v>1147</v>
+        <v>1146</v>
       </c>
       <c r="B93" s="8">
         <v>10</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="D93" s="25">
         <v>45558</v>
       </c>
       <c r="E93" s="20">
         <v>10000</v>
       </c>
       <c r="F93" s="3"/>
       <c r="G93" s="9"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3"/>
       <c r="K93" s="3"/>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A94" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B94" s="9">
         <v>21.77</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D94" s="25">
         <v>44231</v>
       </c>
       <c r="E94" s="20">
         <v>10000</v>
       </c>
       <c r="F94" s="3"/>
       <c r="G94" s="9"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3"/>
       <c r="K94" s="3"/>
     </row>
     <row r="95" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="B95" s="9">
         <v>4</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="D95" s="25">
         <v>45756</v>
       </c>
       <c r="E95" s="20"/>
       <c r="F95" s="3"/>
       <c r="G95" s="9"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="3"/>
     </row>
     <row r="96" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="B96" s="9">
         <v>35</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="D96" s="25">
         <v>45756</v>
       </c>
       <c r="E96" s="20"/>
       <c r="F96" s="3"/>
       <c r="G96" s="9"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
     </row>
     <row r="97" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="B97" s="9">
         <v>35</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="D97" s="25">
         <v>45756</v>
       </c>
       <c r="E97" s="20"/>
       <c r="F97" s="3"/>
       <c r="G97" s="9"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3"/>
       <c r="K97" s="3"/>
     </row>
     <row r="98" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A98" s="5" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="B98" s="9">
         <v>26.9</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="D98" s="25">
         <v>45756</v>
       </c>
       <c r="E98" s="20"/>
       <c r="F98" s="3"/>
       <c r="G98" s="9"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="J98" s="3"/>
       <c r="K98" s="3"/>
     </row>
     <row r="99" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
         <v>483</v>
       </c>
       <c r="B99" s="9">
         <v>571.26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D99" s="25">
         <v>44762</v>
       </c>
       <c r="E99" s="20">
         <v>10000</v>
       </c>
       <c r="F99" s="3"/>
       <c r="G99" s="9"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="J99" s="3"/>
       <c r="K99" s="3"/>
     </row>
     <row r="100" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A100" s="5" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="B100" s="9">
         <v>5.6</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="D100" s="25">
         <v>45558</v>
       </c>
       <c r="E100" s="20">
         <v>10000</v>
       </c>
       <c r="F100" s="3"/>
       <c r="G100" s="9"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="J100" s="3"/>
       <c r="K100" s="3"/>
     </row>
     <row r="101" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A101" s="15" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="B101" s="14">
         <v>10</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="D101" s="23">
         <v>45406</v>
       </c>
       <c r="E101" s="21">
         <v>10000</v>
       </c>
       <c r="F101" s="3"/>
       <c r="G101" s="9"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
     </row>
     <row r="102" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A102" s="5" t="s">
         <v>263</v>
       </c>
       <c r="B102" s="9">
         <v>12.12</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D102" s="25">
         <v>44335</v>
       </c>
       <c r="E102" s="20">
         <v>10000</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="4"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="J102" s="3"/>
       <c r="K102" s="3"/>
     </row>
     <row r="103" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="B103" s="9">
         <v>10</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="D103" s="25">
         <v>45558</v>
       </c>
       <c r="E103" s="20">
         <v>10000</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="4"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
       <c r="K103" s="3"/>
     </row>
     <row r="104" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>708</v>
       </c>
       <c r="B104" s="9">
         <v>20</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>709</v>
       </c>
       <c r="D104" s="25">
@@ -6593,57 +6598,57 @@
     <row r="107" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
         <v>517</v>
       </c>
       <c r="B107" s="9">
         <v>153.29</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>514</v>
       </c>
       <c r="D107" s="25">
         <v>45097</v>
       </c>
       <c r="E107" s="20">
         <v>10000</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="4"/>
       <c r="H107" s="7"/>
       <c r="I107" s="5"/>
       <c r="J107" s="3"/>
       <c r="K107" s="3"/>
     </row>
     <row r="108" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B108" s="8">
         <v>20</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="D108" s="25">
         <v>45182</v>
       </c>
       <c r="E108" s="20">
         <v>10000</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="9"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="J108" s="3"/>
       <c r="K108" s="3"/>
     </row>
     <row r="109" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
         <v>497</v>
       </c>
       <c r="B109" s="9">
         <v>17.25</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>498</v>
       </c>
       <c r="D109" s="25">
@@ -6708,126 +6713,126 @@
     <row r="112" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>335</v>
       </c>
       <c r="B112" s="9">
         <v>10</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>336</v>
       </c>
       <c r="D112" s="25">
         <v>44337</v>
       </c>
       <c r="E112" s="20">
         <v>10000</v>
       </c>
       <c r="F112" s="1"/>
       <c r="G112" s="2"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3"/>
       <c r="K112" s="3"/>
     </row>
     <row r="113" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="B113" s="8">
         <v>20</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="D113" s="25">
         <v>45182</v>
       </c>
       <c r="E113" s="20">
         <v>10000</v>
       </c>
       <c r="F113" s="1"/>
       <c r="G113" s="2"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3"/>
       <c r="K113" s="3"/>
     </row>
     <row r="114" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
         <v>308</v>
       </c>
       <c r="B114" s="9">
         <v>18.61</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D114" s="25">
         <v>44341</v>
       </c>
       <c r="E114" s="20">
         <v>10000</v>
       </c>
       <c r="F114" s="2"/>
       <c r="G114" s="4"/>
       <c r="H114" s="7"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3"/>
       <c r="K114" s="3"/>
     </row>
     <row r="115" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="B115" s="8">
         <v>110</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="D115" s="25">
         <v>45184</v>
       </c>
       <c r="E115" s="20">
         <v>10000</v>
       </c>
       <c r="F115" s="2"/>
       <c r="G115" s="4"/>
       <c r="H115" s="7"/>
       <c r="I115" s="3"/>
       <c r="J115" s="3"/>
       <c r="K115" s="3"/>
     </row>
     <row r="116" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="B116" s="9">
         <v>6</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="D116" s="25">
         <v>45029</v>
       </c>
       <c r="E116" s="20">
         <v>10000</v>
       </c>
       <c r="F116" s="8"/>
       <c r="G116" s="9"/>
       <c r="H116" s="7"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3"/>
       <c r="K116" s="3"/>
     </row>
     <row r="117" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A117" s="5" t="s">
         <v>448</v>
       </c>
       <c r="B117" s="9">
         <v>140.72</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>449</v>
       </c>
       <c r="D117" s="25">
@@ -6915,78 +6920,78 @@
     <row r="121" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>485</v>
       </c>
       <c r="B121" s="9">
         <v>10</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D121" s="25">
         <v>44762</v>
       </c>
       <c r="E121" s="20">
         <v>10000</v>
       </c>
       <c r="F121" s="1"/>
       <c r="G121" s="4"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3"/>
       <c r="K121" s="3"/>
     </row>
     <row r="122" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="B122" s="9">
         <v>20</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="D122" s="25">
         <v>45887</v>
       </c>
       <c r="E122" s="20"/>
       <c r="F122" s="1"/>
       <c r="G122" s="4"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3"/>
       <c r="K122" s="3"/>
     </row>
     <row r="123" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="B123" s="9">
         <v>3814.33</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>1120</v>
+        <v>1119</v>
       </c>
       <c r="D123" s="25">
         <v>45405</v>
       </c>
       <c r="E123" s="20" t="s">
         <v>488</v>
       </c>
       <c r="F123" s="1"/>
       <c r="G123" s="4"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3"/>
       <c r="K123" s="3"/>
     </row>
     <row r="124" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>422</v>
       </c>
       <c r="B124" s="9">
         <v>18.71</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>423</v>
       </c>
       <c r="D124" s="25">
@@ -7143,103 +7148,103 @@
     <row r="131" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A131" s="5" t="s">
         <v>109</v>
       </c>
       <c r="B131" s="9">
         <v>41.43</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D131" s="25">
         <v>44258</v>
       </c>
       <c r="E131" s="20">
         <v>10000</v>
       </c>
       <c r="F131" s="2"/>
       <c r="G131" s="4"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="B132" s="9">
         <v>52.43</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="D132" s="25">
         <v>45615</v>
       </c>
       <c r="E132" s="20">
         <v>10000</v>
       </c>
       <c r="F132" s="2"/>
       <c r="G132" s="4"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="J132" s="3"/>
       <c r="K132" s="3"/>
     </row>
     <row r="133" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A133" s="5" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="B133" s="9">
         <v>10</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="D133" s="25">
         <v>45525</v>
       </c>
       <c r="E133" s="20">
         <v>10000</v>
       </c>
       <c r="F133" s="2"/>
       <c r="G133" s="4"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A134" s="5" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B134" s="8">
         <v>10</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="D134" s="25">
         <v>45182</v>
       </c>
       <c r="E134" s="20">
         <v>10000</v>
       </c>
       <c r="F134" s="3"/>
       <c r="G134" s="9"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="J134" s="3"/>
       <c r="K134" s="3"/>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
         <v>648</v>
       </c>
       <c r="B135" s="9">
         <v>10</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>649</v>
       </c>
       <c r="D135" s="25">
@@ -7286,174 +7291,174 @@
         <v>44340</v>
       </c>
       <c r="E137" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="138" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A138" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B138" s="9">
         <v>1.1299999999999999</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D138" s="25">
         <v>44340</v>
       </c>
       <c r="E138" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="139" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A139" s="6" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="B139" s="2">
         <v>220</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="D139" s="26">
         <v>45252</v>
       </c>
       <c r="E139" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="140" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A140" s="5" t="s">
         <v>345</v>
       </c>
       <c r="B140" s="9">
         <v>75</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D140" s="25">
         <v>44337</v>
       </c>
       <c r="E140" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="141" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A141" s="5" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="B141" s="8">
         <v>10</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="D141" s="25">
         <v>45182</v>
       </c>
       <c r="E141" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="142" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>373</v>
       </c>
       <c r="B142" s="9">
         <v>1</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>375</v>
       </c>
       <c r="D142" s="25">
         <v>44386</v>
       </c>
       <c r="E142" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="143" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A143" s="5" t="s">
         <v>822</v>
       </c>
       <c r="B143" s="9">
         <v>5.4</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>823</v>
       </c>
       <c r="D143" s="25">
         <v>44340</v>
       </c>
       <c r="E143" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="144" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A144" s="5" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="B144" s="9">
         <v>220.75</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="D144" s="25">
         <v>45699</v>
       </c>
       <c r="E144" s="20"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
         <v>731</v>
       </c>
       <c r="B145" s="9">
         <v>20</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>732</v>
       </c>
       <c r="D145" s="25">
         <v>44337</v>
       </c>
       <c r="E145" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="5" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="B146" s="8">
         <v>3.6</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="D146" s="25">
         <v>45205</v>
       </c>
       <c r="E146" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>440</v>
       </c>
       <c r="B147" s="9">
         <v>11.5</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>441</v>
       </c>
       <c r="D147" s="25">
         <v>44417</v>
       </c>
       <c r="E147" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -7471,57 +7476,57 @@
         <v>44258</v>
       </c>
       <c r="E148" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="5" t="s">
         <v>208</v>
       </c>
       <c r="B149" s="9">
         <v>47</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D149" s="25">
         <v>44329</v>
       </c>
       <c r="E149" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="5" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B150" s="8">
         <v>14.4</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="D150" s="25">
         <v>45182</v>
       </c>
       <c r="E150" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="5" t="s">
         <v>660</v>
       </c>
       <c r="B151" s="9">
         <v>6.1</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>661</v>
       </c>
       <c r="D151" s="25">
         <v>44335</v>
       </c>
       <c r="E151" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -7607,108 +7612,108 @@
         <v>44335</v>
       </c>
       <c r="E156" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="5" t="s">
         <v>424</v>
       </c>
       <c r="B157" s="9">
         <v>4.6500000000000004</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>425</v>
       </c>
       <c r="D157" s="25">
         <v>44340</v>
       </c>
       <c r="E157" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="5" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B158" s="8">
         <v>10</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="D158" s="25">
         <v>45182</v>
       </c>
       <c r="E158" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
         <v>766</v>
       </c>
       <c r="B159" s="9">
         <v>20</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>767</v>
       </c>
       <c r="D159" s="25">
         <v>44340</v>
       </c>
       <c r="E159" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="5" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="B160" s="8">
         <v>10</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="D160" s="25">
         <v>45182</v>
       </c>
       <c r="E160" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="B161" s="8">
         <v>4</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="D161" s="25">
         <v>45756</v>
       </c>
       <c r="E161" s="20"/>
     </row>
     <row r="162" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A162" s="5" t="s">
         <v>462</v>
       </c>
       <c r="B162" s="9">
         <v>3803.94</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>463</v>
       </c>
       <c r="D162" s="25">
         <v>44614</v>
       </c>
       <c r="E162" s="20" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="5" t="s">
@@ -7724,91 +7729,91 @@
         <v>44335</v>
       </c>
       <c r="E163" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="5" t="s">
         <v>636</v>
       </c>
       <c r="B164" s="9">
         <v>10</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>637</v>
       </c>
       <c r="D164" s="25">
         <v>44335</v>
       </c>
       <c r="E164" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="15" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="B165" s="14">
         <v>10</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="D165" s="23">
         <v>45406</v>
       </c>
       <c r="E165" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="15" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="B166" s="14">
         <v>3.64</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="D166" s="23">
         <v>45272</v>
       </c>
       <c r="E166" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="15" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="B167" s="14">
         <v>56</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="D167" s="23">
         <v>45362</v>
       </c>
       <c r="E167" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="5" t="s">
         <v>494</v>
       </c>
       <c r="B168" s="9">
         <v>154.21</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>495</v>
       </c>
       <c r="D168" s="25">
         <v>44971</v>
       </c>
       <c r="E168" s="20"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="5" t="s">
@@ -7824,108 +7829,108 @@
         <v>44971</v>
       </c>
       <c r="E169" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="5" t="s">
         <v>877</v>
       </c>
       <c r="B170" s="9">
         <v>10</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>878</v>
       </c>
       <c r="D170" s="25">
         <v>44341</v>
       </c>
       <c r="E170" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="5" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="B171" s="9">
         <v>400</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="D171" s="25">
         <v>45588</v>
       </c>
       <c r="E171" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A172" s="5" t="s">
         <v>466</v>
       </c>
       <c r="B172" s="9">
         <v>423.6</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D172" s="25">
         <v>44657</v>
       </c>
       <c r="E172" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="5" t="s">
         <v>748</v>
       </c>
       <c r="B173" s="9">
         <v>20</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>749</v>
       </c>
       <c r="D173" s="25">
         <v>44340</v>
       </c>
       <c r="E173" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="5" t="s">
-        <v>1250</v>
+        <v>1249</v>
       </c>
       <c r="B174" s="9">
         <v>10.4</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="D174" s="25">
         <v>45729</v>
       </c>
       <c r="E174" s="20">
         <v>1000</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="5" t="s">
         <v>446</v>
       </c>
       <c r="B175" s="9">
         <v>10.83</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>447</v>
       </c>
       <c r="D175" s="25">
         <v>44417</v>
       </c>
       <c r="E175" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -7994,123 +7999,123 @@
         <v>44340</v>
       </c>
       <c r="E179" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B180" s="9">
         <v>9.01</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D180" s="25">
         <v>44340</v>
       </c>
       <c r="E180" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="B181" s="9">
         <v>10</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="D181" s="25">
         <v>45831</v>
       </c>
       <c r="E181" s="20"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="5" t="s">
         <v>542</v>
       </c>
       <c r="B182" s="8">
         <v>10.16</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>543</v>
       </c>
       <c r="D182" s="25">
         <v>45210</v>
       </c>
       <c r="E182" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="5" t="s">
         <v>566</v>
       </c>
       <c r="B183" s="8">
         <v>3</v>
       </c>
       <c r="C183" s="15" t="s">
         <v>567</v>
       </c>
       <c r="D183" s="25">
         <v>45211</v>
       </c>
       <c r="E183" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="5" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="B184" s="8">
         <v>10</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="D184" s="25">
         <v>45182</v>
       </c>
       <c r="E184" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="5" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="B185" s="8">
         <v>10</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
       <c r="D185" s="25">
         <v>45762</v>
       </c>
       <c r="E185" s="20"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B186" s="9">
         <v>1.46</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D186" s="25">
         <v>44231</v>
       </c>
       <c r="E186" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="5" t="s">
@@ -8126,270 +8131,270 @@
         <v>44340</v>
       </c>
       <c r="E187" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="5" t="s">
         <v>770</v>
       </c>
       <c r="B188" s="9">
         <v>10</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D188" s="25">
         <v>44340</v>
       </c>
       <c r="E188" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="5" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="B189" s="9">
         <v>3.8</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>1327</v>
+        <v>1326</v>
       </c>
       <c r="D189" s="25">
         <v>45929</v>
       </c>
       <c r="E189" s="20"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="5" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B190" s="8">
         <v>40</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="D190" s="25">
         <v>45182</v>
       </c>
       <c r="E190" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="5" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="B191" s="8">
         <v>97</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="D191" s="25">
         <v>45831</v>
       </c>
       <c r="E191" s="20"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="5" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B192" s="8">
         <v>10</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="D192" s="25">
         <v>45635</v>
       </c>
       <c r="E192" s="20"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="5" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="B193" s="8">
         <v>8.6</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>1329</v>
+        <v>1328</v>
       </c>
       <c r="D193" s="25">
         <v>45929</v>
       </c>
       <c r="E193" s="20"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="5" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="B194" s="8">
         <v>20</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="D194" s="25">
         <v>45182</v>
       </c>
       <c r="E194" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="5" t="s">
         <v>481</v>
       </c>
       <c r="B195" s="9">
         <v>1048.1300000000001</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>482</v>
       </c>
       <c r="D195" s="25">
         <v>44762</v>
       </c>
       <c r="E195" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="5" t="s">
         <v>756</v>
       </c>
       <c r="B196" s="9">
         <v>10</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>757</v>
       </c>
       <c r="D196" s="25">
         <v>44340</v>
       </c>
       <c r="E196" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="5" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="B197" s="9">
         <v>130.12</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D197" s="25">
         <v>44235</v>
       </c>
       <c r="E197" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="5" t="s">
         <v>177</v>
       </c>
       <c r="B198" s="16">
         <v>10.199999999999999</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D198" s="25">
         <v>44307</v>
       </c>
       <c r="E198" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="5" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B199" s="8">
         <v>10</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="D199" s="25">
         <v>45182</v>
       </c>
       <c r="E199" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="5" t="s">
         <v>562</v>
       </c>
       <c r="B200" s="8">
         <v>150</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>563</v>
       </c>
       <c r="D200" s="25">
         <v>45211</v>
       </c>
       <c r="E200" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B201" s="9">
         <v>10.26</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>130</v>
       </c>
       <c r="D201" s="25">
         <v>44232</v>
       </c>
       <c r="E201" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="5" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="B202" s="9">
         <v>17.45</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="D202" s="25">
         <v>45866</v>
       </c>
       <c r="E202" s="20"/>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="5" t="s">
         <v>712</v>
       </c>
       <c r="B203" s="9">
         <v>10</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>713</v>
       </c>
       <c r="D203" s="25">
         <v>44336</v>
       </c>
       <c r="E203" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="5" t="s">
@@ -8422,125 +8427,125 @@
         <v>44336</v>
       </c>
       <c r="E205" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="5" t="s">
         <v>703</v>
       </c>
       <c r="B206" s="9">
         <v>20</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>705</v>
       </c>
       <c r="D206" s="25">
         <v>44336</v>
       </c>
       <c r="E206" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="5" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B207" s="9">
         <v>10</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="D207" s="25">
         <v>45558</v>
       </c>
       <c r="E207" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="5" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="B208" s="9">
         <v>600</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="D208" s="25">
         <v>45680</v>
       </c>
       <c r="E208" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="5" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B209" s="8">
         <v>20</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="D209" s="25">
         <v>45182</v>
       </c>
       <c r="E209" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="15" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="B210" s="14">
         <v>60</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="D210" s="23">
         <v>45362</v>
       </c>
       <c r="E210" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="5" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="B211" s="8">
         <v>10</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="D211" s="25">
         <v>45184</v>
       </c>
       <c r="E211" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="5" t="s">
         <v>221</v>
       </c>
       <c r="B212" s="9">
         <v>6.78</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D212" s="25">
         <v>44329</v>
       </c>
       <c r="E212" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -8575,91 +8580,91 @@
         <v>44329</v>
       </c>
       <c r="E214" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="5" t="s">
         <v>221</v>
       </c>
       <c r="B215" s="9">
         <v>6.78</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D215" s="25">
         <v>44329</v>
       </c>
       <c r="E215" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="5" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="B216" s="9">
         <v>280.52</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="D216" s="25">
         <v>45588</v>
       </c>
       <c r="E216" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="5" t="s">
         <v>849</v>
       </c>
       <c r="B217" s="9">
         <v>10</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>850</v>
       </c>
       <c r="D217" s="25">
         <v>44341</v>
       </c>
       <c r="E217" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="5" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="B218" s="9">
         <v>28</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="D218" s="25">
         <v>45866</v>
       </c>
       <c r="E218" s="20"/>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="5" t="s">
         <v>325</v>
       </c>
       <c r="B219" s="9">
         <v>21.65</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D219" s="25">
         <v>44340</v>
       </c>
       <c r="E219" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="5" t="s">
@@ -8743,57 +8748,57 @@
         <v>44328</v>
       </c>
       <c r="E224" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="5" t="s">
         <v>729</v>
       </c>
       <c r="B225" s="9">
         <v>10</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>730</v>
       </c>
       <c r="D225" s="25">
         <v>44337</v>
       </c>
       <c r="E225" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="5" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="B226" s="9">
         <v>10</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="D226" s="25">
         <v>45525</v>
       </c>
       <c r="E226" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="5" t="s">
         <v>341</v>
       </c>
       <c r="B227" s="9">
         <v>50</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>342</v>
       </c>
       <c r="D227" s="25">
         <v>44337</v>
       </c>
       <c r="E227" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -8879,268 +8884,268 @@
         <v>45211</v>
       </c>
       <c r="E232" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="5" t="s">
         <v>564</v>
       </c>
       <c r="B233" s="8">
         <v>20</v>
       </c>
       <c r="C233" s="15" t="s">
         <v>582</v>
       </c>
       <c r="D233" s="25">
         <v>45211</v>
       </c>
       <c r="E233" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="5" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="B234" s="9">
         <v>236.75</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="D234" s="27">
         <v>45699</v>
       </c>
       <c r="E234" s="20"/>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="5" t="s">
         <v>591</v>
       </c>
       <c r="B235" s="8">
         <v>5</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>592</v>
       </c>
       <c r="D235" s="25">
         <v>45211</v>
       </c>
       <c r="E235" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="5" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="B236" s="8">
         <v>10</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="D236" s="25">
         <v>45184</v>
       </c>
       <c r="E236" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="5" t="s">
         <v>791</v>
       </c>
       <c r="B237" s="9">
         <v>20</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>792</v>
       </c>
       <c r="D237" s="25">
         <v>44340</v>
       </c>
       <c r="E237" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="5" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="B238" s="8">
         <v>10</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="D238" s="25">
         <v>45184</v>
       </c>
       <c r="E238" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="5" t="s">
         <v>885</v>
       </c>
       <c r="B239" s="9">
         <v>7.6</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>886</v>
       </c>
       <c r="D239" s="25">
         <v>44341</v>
       </c>
       <c r="E239" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="5" t="s">
         <v>267</v>
       </c>
       <c r="B240" s="9">
         <v>11.45</v>
       </c>
       <c r="C240" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D240" s="25">
         <v>44335</v>
       </c>
       <c r="E240" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="5" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="B241" s="9">
         <v>10</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="D241" s="25">
         <v>45831</v>
       </c>
       <c r="E241" s="20"/>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="5" t="s">
         <v>706</v>
       </c>
       <c r="B242" s="9">
         <v>20</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>707</v>
       </c>
       <c r="D242" s="25">
         <v>44336</v>
       </c>
       <c r="E242" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B243" s="9">
         <v>103</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D243" s="25">
         <v>44235</v>
       </c>
       <c r="E243" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="244" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A244" s="5" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B244" s="9">
         <v>24.5</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D244" s="25">
         <v>44235</v>
       </c>
       <c r="E244" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="5" t="s">
         <v>685</v>
       </c>
       <c r="B245" s="9">
         <v>5.4</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>686</v>
       </c>
       <c r="D245" s="25">
         <v>44335</v>
       </c>
       <c r="E245" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="15" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="B246" s="14">
         <v>19.579999999999998</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="D246" s="23">
         <v>45272</v>
       </c>
       <c r="E246" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="5" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="B247" s="9">
         <v>7438.25</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D247" s="25">
         <v>44172</v>
       </c>
       <c r="E247" s="20" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="5" t="s">
         <v>173</v>
       </c>
       <c r="B248" s="9">
         <v>1.43</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>174</v>
       </c>
       <c r="D248" s="25">
@@ -9164,57 +9169,57 @@
         <v>44340</v>
       </c>
       <c r="E249" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B250" s="8">
         <v>85.35</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>568</v>
       </c>
       <c r="D250" s="25">
         <v>45211</v>
       </c>
       <c r="E250" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="5" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="B251" s="8">
         <v>10</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
       <c r="D251" s="25">
         <v>45887</v>
       </c>
       <c r="E251" s="20"/>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B252" s="9">
         <v>1.24</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>137</v>
       </c>
       <c r="D252" s="25">
         <v>44232</v>
       </c>
       <c r="E252" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="5" t="s">
@@ -9281,57 +9286,57 @@
         <v>44082</v>
       </c>
       <c r="E256" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B257" s="9">
         <v>35.5</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D257" s="25">
         <v>43875</v>
       </c>
       <c r="E257" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="5" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B258" s="8">
         <v>10</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="D258" s="25">
         <v>45184</v>
       </c>
       <c r="E258" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="5" t="s">
         <v>839</v>
       </c>
       <c r="B259" s="9">
         <v>10</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>840</v>
       </c>
       <c r="D259" s="25">
         <v>44341</v>
       </c>
       <c r="E259" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -9434,57 +9439,57 @@
         <v>44340</v>
       </c>
       <c r="E265" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="5" t="s">
         <v>803</v>
       </c>
       <c r="B266" s="9">
         <v>10</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>804</v>
       </c>
       <c r="D266" s="25">
         <v>44340</v>
       </c>
       <c r="E266" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="5" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="B267" s="8">
         <v>11.6</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="D267" s="25">
         <v>45184</v>
       </c>
       <c r="E267" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="5" t="s">
         <v>843</v>
       </c>
       <c r="B268" s="9">
         <v>20</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>844</v>
       </c>
       <c r="D268" s="25">
         <v>44341</v>
       </c>
       <c r="E268" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -9536,142 +9541,142 @@
         <v>44340</v>
       </c>
       <c r="E271" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="5" t="s">
         <v>873</v>
       </c>
       <c r="B272" s="9">
         <v>10</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>874</v>
       </c>
       <c r="D272" s="25">
         <v>44341</v>
       </c>
       <c r="E272" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A273" s="5" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="B273" s="8">
         <v>9.8000000000000007</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="D273" s="25">
         <v>45184</v>
       </c>
       <c r="E273" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="274" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A274" s="5" t="s">
         <v>489</v>
       </c>
       <c r="B274" s="16">
         <v>500</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D274" s="25">
         <v>44971</v>
       </c>
       <c r="E274" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A275" s="5" t="s">
         <v>857</v>
       </c>
       <c r="B275" s="9">
         <v>20</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>858</v>
       </c>
       <c r="D275" s="25">
         <v>44341</v>
       </c>
       <c r="E275" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="276" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A276" s="15" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="B276" s="14">
         <v>1000</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="D276" s="23">
         <v>45362</v>
       </c>
       <c r="E276" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A277" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B277" s="9">
         <v>17</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D277" s="25">
         <v>44082</v>
       </c>
       <c r="E277" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="278" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A278" s="15" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="B278" s="14">
         <v>10</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="D278" s="23">
         <v>45335</v>
       </c>
       <c r="E278" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A279" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B279" s="9">
         <v>1.93</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>117</v>
       </c>
       <c r="D279" s="25">
         <v>44231</v>
       </c>
       <c r="E279" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -9742,111 +9747,111 @@
       <c r="E283" s="20">
         <v>10000</v>
       </c>
       <c r="G283" s="9"/>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A284" s="5" t="s">
         <v>875</v>
       </c>
       <c r="B284" s="9">
         <v>20</v>
       </c>
       <c r="C284" s="15" t="s">
         <v>876</v>
       </c>
       <c r="D284" s="25">
         <v>44341</v>
       </c>
       <c r="E284" s="20">
         <v>10000</v>
       </c>
       <c r="G284" s="9"/>
     </row>
     <row r="285" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A285" s="5" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="B285" s="16">
         <v>7.32</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="D285" s="25">
         <v>45205</v>
       </c>
       <c r="E285" s="20">
         <v>10000</v>
       </c>
       <c r="G285" s="9"/>
     </row>
     <row r="286" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A286" s="5" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="B286" s="8">
         <v>7.8</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="D286" s="25">
         <v>45205</v>
       </c>
       <c r="E286" s="20">
         <v>10000</v>
       </c>
       <c r="G286" s="9"/>
     </row>
     <row r="287" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A287" s="5" t="s">
         <v>270</v>
       </c>
       <c r="B287" s="9">
         <v>27.1</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D287" s="25">
         <v>44335</v>
       </c>
       <c r="E287" s="20">
         <v>10000</v>
       </c>
       <c r="G287" s="9"/>
     </row>
     <row r="288" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A288" s="15" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="B288" s="14">
         <v>10</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="D288" s="23">
         <v>45406</v>
       </c>
       <c r="E288" s="21">
         <v>10000</v>
       </c>
       <c r="G288" s="9"/>
     </row>
     <row r="289" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A289" s="5" t="s">
         <v>831</v>
       </c>
       <c r="B289" s="9">
         <v>6.2</v>
       </c>
       <c r="C289" s="15" t="s">
         <v>832</v>
       </c>
       <c r="D289" s="25">
         <v>44340</v>
       </c>
       <c r="E289" s="20">
         <v>10000</v>
       </c>
@@ -9953,57 +9958,57 @@
         <v>44335</v>
       </c>
       <c r="E295" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A296" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B296" s="9">
         <v>1</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>96</v>
       </c>
       <c r="D296" s="25">
         <v>44180</v>
       </c>
       <c r="E296" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="297" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A297" s="15" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="B297" s="14">
         <v>4.53</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="D297" s="23">
         <v>45272</v>
       </c>
       <c r="E297" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A298" s="5" t="s">
         <v>672</v>
       </c>
       <c r="B298" s="9">
         <v>8.1999999999999993</v>
       </c>
       <c r="C298" s="15" t="s">
         <v>673</v>
       </c>
       <c r="D298" s="25">
         <v>44335</v>
       </c>
       <c r="E298" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -10055,232 +10060,232 @@
         <v>44417</v>
       </c>
       <c r="E301" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="302" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A302" s="5" t="s">
         <v>851</v>
       </c>
       <c r="B302" s="9">
         <v>10</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>852</v>
       </c>
       <c r="D302" s="25">
         <v>44341</v>
       </c>
       <c r="E302" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A303" s="5" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="B303" s="9">
         <v>10</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="D303" s="25">
         <v>45887</v>
       </c>
       <c r="E303" s="20"/>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A304" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B304" s="9">
         <v>2.8</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D304" s="25">
         <v>44082</v>
       </c>
       <c r="E304" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="5" t="s">
         <v>277</v>
       </c>
       <c r="B305" s="9">
         <v>18.920000000000002</v>
       </c>
       <c r="C305" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D305" s="25">
         <v>44336</v>
       </c>
       <c r="E305" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="5" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B306" s="9">
         <v>10</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="D306" s="25">
         <v>45558</v>
       </c>
       <c r="E306" s="20"/>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="5" t="s">
         <v>294</v>
       </c>
       <c r="B307" s="9">
         <v>20.59</v>
       </c>
       <c r="C307" s="15" t="s">
         <v>295</v>
       </c>
       <c r="D307" s="25">
         <v>44341</v>
       </c>
       <c r="E307" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="5" t="s">
         <v>833</v>
       </c>
       <c r="B308" s="9">
         <v>10</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>834</v>
       </c>
       <c r="D308" s="25">
         <v>44341</v>
       </c>
       <c r="E308" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="5" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="B309" s="9">
         <v>10</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="D309" s="25">
         <v>45558</v>
       </c>
       <c r="E309" s="20"/>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="5" t="s">
         <v>227</v>
       </c>
       <c r="B310" s="9">
         <v>11.3</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D310" s="25">
         <v>44329</v>
       </c>
       <c r="E310" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="6" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B311" s="2">
         <v>20</v>
       </c>
       <c r="C311" s="6" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="D311" s="26">
         <v>45558</v>
       </c>
       <c r="E311" s="20"/>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="6" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B312" s="2">
         <v>10</v>
       </c>
       <c r="C312" s="6" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="D312" s="26">
         <v>45558</v>
       </c>
       <c r="E312" s="20"/>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="6" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B313" s="2">
         <v>8</v>
       </c>
       <c r="C313" s="6" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="D313" s="26">
         <v>45790</v>
       </c>
       <c r="E313" s="20"/>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="6" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="B314" s="2">
         <v>10</v>
       </c>
       <c r="C314" s="6" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="D314" s="26">
         <v>45887</v>
       </c>
       <c r="E314" s="20"/>
     </row>
     <row r="315" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A315" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B315" s="9">
         <v>675</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D315" s="25">
         <v>44235</v>
       </c>
       <c r="E315" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="5" t="s">
@@ -10296,193 +10301,193 @@
         <v>44232</v>
       </c>
       <c r="E316" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B317" s="9">
         <v>19.920000000000002</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D317" s="25">
         <v>43930</v>
       </c>
       <c r="E317" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="15" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="B318" s="14">
         <v>4.38</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="D318" s="23">
         <v>45272</v>
       </c>
       <c r="E318" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="5" t="s">
         <v>789</v>
       </c>
       <c r="B319" s="9">
         <v>20</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>790</v>
       </c>
       <c r="D319" s="25">
         <v>44340</v>
       </c>
       <c r="E319" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="5" t="s">
         <v>781</v>
       </c>
       <c r="B320" s="9">
         <v>10</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>782</v>
       </c>
       <c r="D320" s="25">
         <v>44340</v>
       </c>
       <c r="E320" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="5" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="B321" s="8">
         <v>20</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="D321" s="25">
         <v>45184</v>
       </c>
       <c r="E321" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="5" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="B322" s="8">
         <v>20</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="D322" s="25">
         <v>45184</v>
       </c>
       <c r="E322" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="5" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="B323" s="8">
         <v>20</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="D323" s="25">
         <v>45195</v>
       </c>
       <c r="E323" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="5" t="s">
         <v>738</v>
       </c>
       <c r="B324" s="9">
         <v>12</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>739</v>
       </c>
       <c r="D324" s="25">
         <v>44337</v>
       </c>
       <c r="E324" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="5" t="s">
         <v>468</v>
       </c>
       <c r="B325" s="9">
         <v>246.15</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D325" s="25">
         <v>44657</v>
       </c>
       <c r="E325" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="15" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="B326" s="14">
         <v>0.94</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
       <c r="D326" s="23">
         <v>45272</v>
       </c>
       <c r="E326" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="5" t="s">
         <v>752</v>
       </c>
       <c r="B327" s="9">
         <v>10</v>
       </c>
       <c r="C327" s="15" t="s">
         <v>753</v>
       </c>
       <c r="D327" s="25">
         <v>44340</v>
       </c>
       <c r="E327" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -10500,91 +10505,91 @@
         <v>43875</v>
       </c>
       <c r="E328" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="5" t="s">
         <v>609</v>
       </c>
       <c r="B329" s="8">
         <v>38.450000000000003</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>612</v>
       </c>
       <c r="D329" s="25">
         <v>45211</v>
       </c>
       <c r="E329" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="5" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="B330" s="9">
         <v>3</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D330" s="25">
         <v>44235</v>
       </c>
       <c r="E330" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="15" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B331" s="14">
         <v>25.5</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="D331" s="23">
         <v>45362</v>
       </c>
       <c r="E331" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="15" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="B332" s="14">
         <v>10</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="D332" s="23">
         <v>45406</v>
       </c>
       <c r="E332" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="5" t="s">
         <v>881</v>
       </c>
       <c r="B333" s="9">
         <v>15</v>
       </c>
       <c r="C333" s="15" t="s">
         <v>882</v>
       </c>
       <c r="D333" s="25">
         <v>44341</v>
       </c>
       <c r="E333" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -10653,89 +10658,89 @@
         <v>43958</v>
       </c>
       <c r="E337" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="5" t="s">
         <v>809</v>
       </c>
       <c r="B338" s="9">
         <v>12</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>810</v>
       </c>
       <c r="D338" s="25">
         <v>44340</v>
       </c>
       <c r="E338" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="5" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="B339" s="8">
         <v>20</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="D339" s="25">
         <v>45195</v>
       </c>
       <c r="E339" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="5" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="B340" s="8">
         <v>23.6</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="D340" s="25">
         <v>45866</v>
       </c>
       <c r="E340" s="20"/>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="5" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="B341" s="8">
         <v>300</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="D341" s="25">
         <v>45588</v>
       </c>
       <c r="E341" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="5" t="s">
         <v>893</v>
       </c>
       <c r="B342" s="9">
         <v>5.6</v>
       </c>
       <c r="C342" s="15" t="s">
         <v>894</v>
       </c>
       <c r="D342" s="25">
         <v>44341</v>
       </c>
       <c r="E342" s="20">
         <v>10000</v>
       </c>
     </row>
@@ -10759,6502 +10764,6509 @@
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="5" t="s">
         <v>820</v>
       </c>
       <c r="B344" s="9">
         <v>14</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>821</v>
       </c>
       <c r="D344" s="25">
         <v>44340</v>
       </c>
       <c r="E344" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="15" t="s">
         <v>820</v>
       </c>
       <c r="B345" s="14">
         <v>14</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="D345" s="23">
         <v>45362</v>
       </c>
       <c r="E345" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="15" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="B346" s="14">
         <v>300</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="D346" s="23">
         <v>45588</v>
       </c>
       <c r="E346" s="21">
         <v>10000</v>
       </c>
     </row>
-    <row r="347" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="5" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-        <v>49331.62</v>
+        <v>666</v>
+      </c>
+      <c r="B347" s="9">
+        <v>17.2</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>900</v>
+        <v>667</v>
       </c>
       <c r="D347" s="25">
-        <v>45139</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>44335</v>
+      </c>
+      <c r="E347" s="20">
+        <v>10000</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="5" t="s">
         <v>666</v>
       </c>
       <c r="B348" s="9">
-        <v>17.2</v>
+        <v>15</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
       <c r="D348" s="25">
         <v>44335</v>
       </c>
       <c r="E348" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="5" t="s">
-        <v>666</v>
+        <v>475</v>
       </c>
       <c r="B349" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>682</v>
+        <v>474</v>
       </c>
       <c r="D349" s="25">
-        <v>44335</v>
+        <v>44657</v>
       </c>
       <c r="E349" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="5" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1001</v>
+      </c>
+      <c r="B350" s="8">
+        <v>25</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>474</v>
+        <v>1002</v>
       </c>
       <c r="D350" s="25">
-        <v>44657</v>
+        <v>45205</v>
       </c>
       <c r="E350" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="351" spans="1:5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>25</v>
+    <row r="351" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A351" s="15" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B351" s="14">
+        <v>350</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1004</v>
-[...13 lines deleted...]
-        <v>350</v>
+        <v>1061</v>
+      </c>
+      <c r="D351" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E351" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A352" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="B352" s="9">
+        <v>76.239999999999995</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1063</v>
-[...4 lines deleted...]
-      <c r="E352" s="21">
+        <v>201</v>
+      </c>
+      <c r="D352" s="25">
+        <v>44329</v>
+      </c>
+      <c r="E352" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="353" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A353" s="5" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B353" s="9">
-        <v>76.239999999999995</v>
+        <v>4.2</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="D353" s="25">
-        <v>44329</v>
+        <v>44307</v>
       </c>
       <c r="E353" s="20">
         <v>10000</v>
       </c>
+      <c r="G353" s="9"/>
     </row>
     <row r="354" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A354" s="5" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>4.2</v>
+        <v>959</v>
+      </c>
+      <c r="B354" s="8">
+        <v>10</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>194</v>
+        <v>960</v>
       </c>
       <c r="D354" s="25">
-        <v>44307</v>
+        <v>45195</v>
       </c>
       <c r="E354" s="20">
         <v>10000</v>
       </c>
       <c r="G354" s="9"/>
     </row>
     <row r="355" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A355" s="5" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="B355" s="8">
         <v>10</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="D355" s="25">
         <v>45195</v>
       </c>
       <c r="E355" s="20">
         <v>10000</v>
       </c>
       <c r="G355" s="9"/>
     </row>
     <row r="356" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A356" s="5" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="B356" s="8">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="D356" s="25">
         <v>45195</v>
       </c>
       <c r="E356" s="20">
         <v>10000</v>
       </c>
       <c r="G356" s="9"/>
     </row>
     <row r="357" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A357" s="5" t="s">
-        <v>961</v>
+        <v>1314</v>
       </c>
       <c r="B357" s="8">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>964</v>
+        <v>1315</v>
       </c>
       <c r="D357" s="25">
-        <v>45195</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E357" s="20"/>
       <c r="G357" s="9"/>
     </row>
     <row r="358" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A358" s="5" t="s">
-        <v>1315</v>
+        <v>963</v>
       </c>
       <c r="B358" s="8">
         <v>10</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1316</v>
+        <v>964</v>
       </c>
       <c r="D358" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E358" s="20"/>
+        <v>45195</v>
+      </c>
+      <c r="E358" s="20">
+        <v>10000</v>
+      </c>
       <c r="G358" s="9"/>
     </row>
     <row r="359" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A359" s="5" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="B359" s="8">
+        <v>779</v>
+      </c>
+      <c r="B359" s="9">
         <v>10</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>966</v>
+        <v>780</v>
       </c>
       <c r="D359" s="25">
-        <v>45195</v>
+        <v>44340</v>
       </c>
       <c r="E359" s="20">
         <v>10000</v>
       </c>
       <c r="G359" s="9"/>
     </row>
     <row r="360" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A360" s="5" t="s">
         <v>779</v>
       </c>
       <c r="B360" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>780</v>
+        <v>1135</v>
       </c>
       <c r="D360" s="25">
-        <v>44340</v>
+        <v>45525</v>
       </c>
       <c r="E360" s="20">
         <v>10000</v>
       </c>
       <c r="G360" s="9"/>
     </row>
     <row r="361" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A361" s="5" t="s">
         <v>779</v>
       </c>
       <c r="B361" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1136</v>
+        <v>1188</v>
       </c>
       <c r="D361" s="25">
-        <v>45525</v>
+        <v>45588</v>
       </c>
       <c r="E361" s="20">
         <v>10000</v>
       </c>
       <c r="G361" s="9"/>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A362" s="5" t="s">
-        <v>779</v>
+        <v>688</v>
       </c>
       <c r="B362" s="9">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1189</v>
+        <v>689</v>
       </c>
       <c r="D362" s="25">
-        <v>45588</v>
+        <v>44335</v>
       </c>
       <c r="E362" s="20">
         <v>10000</v>
       </c>
       <c r="G362" s="9"/>
     </row>
     <row r="363" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A363" s="5" t="s">
-        <v>688</v>
+        <v>871</v>
       </c>
       <c r="B363" s="9">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>689</v>
+        <v>872</v>
       </c>
       <c r="D363" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E363" s="20">
         <v>10000</v>
       </c>
       <c r="G363" s="9"/>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A364" s="5" t="s">
-        <v>871</v>
+        <v>15</v>
       </c>
       <c r="B364" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>85</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="D364" s="25">
-        <v>44341</v>
+        <v>43875</v>
       </c>
       <c r="E364" s="20">
         <v>10000</v>
       </c>
       <c r="G364" s="9"/>
     </row>
     <row r="365" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A365" s="5" t="s">
-        <v>15</v>
+        <v>795</v>
       </c>
       <c r="B365" s="9">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>20</v>
+      </c>
+      <c r="C365" s="15" t="s">
+        <v>796</v>
       </c>
       <c r="D365" s="25">
-        <v>43875</v>
+        <v>44340</v>
       </c>
       <c r="E365" s="20">
         <v>10000</v>
       </c>
       <c r="G365" s="9"/>
     </row>
     <row r="366" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A366" s="5" t="s">
-        <v>795</v>
+        <v>1194</v>
       </c>
       <c r="B366" s="9">
-        <v>20</v>
+        <v>230</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>796</v>
+        <v>1195</v>
       </c>
       <c r="D366" s="25">
-        <v>44340</v>
+        <v>45588</v>
       </c>
       <c r="E366" s="20">
         <v>10000</v>
       </c>
       <c r="G366" s="9"/>
     </row>
     <row r="367" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A367" s="5" t="s">
-        <v>1195</v>
+        <v>292</v>
       </c>
       <c r="B367" s="9">
-        <v>230</v>
+        <v>35</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>1196</v>
+        <v>293</v>
       </c>
       <c r="D367" s="25">
-        <v>45588</v>
+        <v>44341</v>
       </c>
       <c r="E367" s="20">
         <v>10000</v>
       </c>
       <c r="G367" s="9"/>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A368" s="5" t="s">
-        <v>292</v>
+        <v>329</v>
       </c>
       <c r="B368" s="9">
-        <v>35</v>
+        <v>27.01</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>293</v>
+        <v>328</v>
       </c>
       <c r="D368" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E368" s="20">
         <v>10000</v>
       </c>
       <c r="G368" s="9"/>
     </row>
     <row r="369" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A369" s="5" t="s">
         <v>329</v>
       </c>
       <c r="B369" s="9">
-        <v>27.01</v>
+        <v>39.25</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>328</v>
+        <v>428</v>
       </c>
       <c r="D369" s="25">
         <v>44340</v>
       </c>
       <c r="E369" s="20">
         <v>10000</v>
       </c>
       <c r="G369" s="9"/>
     </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A370" s="5" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>39.25</v>
+        <v>553</v>
+      </c>
+      <c r="B370" s="8">
+        <v>20</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>428</v>
+        <v>554</v>
       </c>
       <c r="D370" s="25">
-        <v>44340</v>
+        <v>45211</v>
       </c>
       <c r="E370" s="20">
         <v>10000</v>
       </c>
       <c r="G370" s="9"/>
     </row>
     <row r="371" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A371" s="5" t="s">
-        <v>553</v>
+        <v>1323</v>
       </c>
       <c r="B371" s="8">
-        <v>20</v>
+        <v>900</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>554</v>
+        <v>1324</v>
       </c>
       <c r="D371" s="25">
-        <v>45211</v>
-[...3 lines deleted...]
-      </c>
+        <v>45929</v>
+      </c>
+      <c r="E371" s="20"/>
       <c r="G371" s="9"/>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A372" s="5" t="s">
-        <v>1324</v>
+        <v>1294</v>
       </c>
       <c r="B372" s="8">
-        <v>900</v>
+        <v>37.549999999999997</v>
       </c>
       <c r="C372" s="15" t="s">
-        <v>1325</v>
+        <v>1295</v>
       </c>
       <c r="D372" s="25">
-        <v>45929</v>
+        <v>45866</v>
       </c>
       <c r="E372" s="20"/>
       <c r="G372" s="9"/>
     </row>
     <row r="373" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A373" s="5" t="s">
-        <v>1295</v>
-[...2 lines deleted...]
-        <v>37.549999999999997</v>
+        <v>879</v>
+      </c>
+      <c r="B373" s="9">
+        <v>10</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>1296</v>
+        <v>880</v>
       </c>
       <c r="D373" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E373" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E373" s="20">
+        <v>10000</v>
+      </c>
       <c r="G373" s="9"/>
     </row>
     <row r="374" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A374" s="5" t="s">
-        <v>879</v>
-[...1 lines deleted...]
-      <c r="B374" s="9">
+        <v>965</v>
+      </c>
+      <c r="B374" s="8">
         <v>10</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>880</v>
+        <v>966</v>
       </c>
       <c r="D374" s="25">
-        <v>44341</v>
+        <v>45195</v>
       </c>
       <c r="E374" s="20">
         <v>10000</v>
       </c>
       <c r="G374" s="9"/>
     </row>
     <row r="375" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A375" s="5" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>5</v>
+      </c>
+      <c r="B375" s="9">
+        <v>140</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>968</v>
+        <v>249</v>
       </c>
       <c r="D375" s="25">
-        <v>45195</v>
+        <v>44335</v>
       </c>
       <c r="E375" s="20">
         <v>10000</v>
       </c>
       <c r="G375" s="9"/>
     </row>
     <row r="376" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A376" s="5" t="s">
-        <v>5</v>
+        <v>1310</v>
       </c>
       <c r="B376" s="9">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>249</v>
+        <v>1311</v>
       </c>
       <c r="D376" s="25">
-        <v>44335</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E376" s="20"/>
       <c r="G376" s="9"/>
     </row>
     <row r="377" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A377" s="5" t="s">
-        <v>1311</v>
+        <v>164</v>
       </c>
       <c r="B377" s="9">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>1312</v>
+        <v>165</v>
       </c>
       <c r="D377" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E377" s="20"/>
+        <v>44235</v>
+      </c>
+      <c r="E377" s="20">
+        <v>10000</v>
+      </c>
       <c r="G377" s="9"/>
     </row>
     <row r="378" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A378" s="5" t="s">
-        <v>164</v>
+        <v>861</v>
       </c>
       <c r="B378" s="9">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>165</v>
+        <v>862</v>
       </c>
       <c r="D378" s="25">
-        <v>44235</v>
+        <v>44341</v>
       </c>
       <c r="E378" s="20">
         <v>10000</v>
       </c>
       <c r="G378" s="9"/>
     </row>
     <row r="379" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A379" s="5" t="s">
-        <v>861</v>
+        <v>304</v>
       </c>
       <c r="B379" s="9">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>862</v>
+        <v>305</v>
       </c>
       <c r="D379" s="25">
         <v>44341</v>
       </c>
       <c r="E379" s="20">
         <v>10000</v>
       </c>
       <c r="G379" s="9"/>
     </row>
     <row r="380" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A380" s="5" t="s">
-        <v>304</v>
+        <v>1211</v>
       </c>
       <c r="B380" s="9">
-        <v>137</v>
+        <v>300</v>
       </c>
       <c r="C380" s="15" t="s">
-        <v>305</v>
+        <v>1212</v>
       </c>
       <c r="D380" s="25">
-        <v>44341</v>
+        <v>45588</v>
       </c>
       <c r="E380" s="20">
         <v>10000</v>
       </c>
       <c r="G380" s="9"/>
     </row>
     <row r="381" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A381" s="5" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>589</v>
+      </c>
+      <c r="B381" s="8">
+        <v>3.23</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>1213</v>
+        <v>590</v>
       </c>
       <c r="D381" s="25">
-        <v>45588</v>
+        <v>45211</v>
       </c>
       <c r="E381" s="20">
         <v>10000</v>
       </c>
       <c r="G381" s="9"/>
     </row>
     <row r="382" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A382" s="5" t="s">
-        <v>589</v>
+        <v>558</v>
       </c>
       <c r="B382" s="8">
-        <v>3.23</v>
+        <v>2.8</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>590</v>
+        <v>559</v>
       </c>
       <c r="D382" s="25">
         <v>45211</v>
       </c>
       <c r="E382" s="20">
         <v>10000</v>
       </c>
       <c r="G382" s="9"/>
     </row>
     <row r="383" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A383" s="5" t="s">
-        <v>558</v>
+        <v>569</v>
       </c>
       <c r="B383" s="8">
-        <v>2.8</v>
+        <v>5.3</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>559</v>
+        <v>570</v>
       </c>
       <c r="D383" s="25">
         <v>45211</v>
       </c>
       <c r="E383" s="20">
         <v>10000</v>
       </c>
       <c r="G383" s="9"/>
     </row>
     <row r="384" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A384" s="5" t="s">
         <v>569</v>
       </c>
       <c r="B384" s="8">
-        <v>5.3</v>
+        <v>1.75</v>
       </c>
       <c r="C384" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D384" s="25">
         <v>45211</v>
       </c>
       <c r="E384" s="20">
         <v>10000</v>
       </c>
       <c r="G384" s="9"/>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A385" s="5" t="s">
-        <v>569</v>
+        <v>1126</v>
       </c>
       <c r="B385" s="8">
-        <v>1.75</v>
+        <v>10</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>571</v>
+        <v>1127</v>
       </c>
       <c r="D385" s="25">
-        <v>45211</v>
+        <v>45525</v>
       </c>
       <c r="E385" s="20">
         <v>10000</v>
       </c>
       <c r="G385" s="9"/>
     </row>
     <row r="386" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A386" s="5" t="s">
-        <v>1127</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>330</v>
+      </c>
+      <c r="B386" s="9">
+        <v>10.37</v>
       </c>
       <c r="C386" s="15" t="s">
-        <v>1128</v>
+        <v>331</v>
       </c>
       <c r="D386" s="25">
-        <v>45525</v>
+        <v>44340</v>
       </c>
       <c r="E386" s="20">
         <v>10000</v>
       </c>
       <c r="G386" s="9"/>
     </row>
     <row r="387" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A387" s="5" t="s">
         <v>330</v>
       </c>
       <c r="B387" s="9">
-        <v>10.37</v>
+        <v>15.06</v>
       </c>
       <c r="C387" s="15" t="s">
-        <v>331</v>
+        <v>429</v>
       </c>
       <c r="D387" s="25">
         <v>44340</v>
       </c>
       <c r="E387" s="20">
         <v>10000</v>
       </c>
       <c r="G387" s="9"/>
     </row>
     <row r="388" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A388" s="5" t="s">
-        <v>330</v>
+        <v>733</v>
       </c>
       <c r="B388" s="9">
-        <v>15.06</v>
+        <v>10</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>429</v>
+        <v>734</v>
       </c>
       <c r="D388" s="25">
-        <v>44340</v>
+        <v>44337</v>
       </c>
       <c r="E388" s="20">
         <v>10000</v>
       </c>
       <c r="G388" s="9"/>
     </row>
     <row r="389" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A389" s="5" t="s">
-        <v>733</v>
+        <v>1318</v>
       </c>
       <c r="B389" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>734</v>
+        <v>1319</v>
       </c>
       <c r="D389" s="25">
-        <v>44337</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E389" s="20"/>
       <c r="G389" s="9"/>
     </row>
     <row r="390" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A390" s="5" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="B390" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C390" s="15" t="s">
         <v>1320</v>
       </c>
       <c r="D390" s="25">
-        <v>45887</v>
+        <v>45929</v>
       </c>
       <c r="E390" s="20"/>
       <c r="G390" s="9"/>
     </row>
     <row r="391" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A391" s="5" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="B391" s="9">
         <v>10</v>
       </c>
       <c r="C391" s="15" t="s">
-        <v>1321</v>
+        <v>1329</v>
       </c>
       <c r="D391" s="25">
-        <v>45929</v>
+        <v>45971</v>
       </c>
       <c r="E391" s="20"/>
       <c r="G391" s="9"/>
     </row>
     <row r="392" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A392" s="5" t="s">
-        <v>1293</v>
+        <v>1318</v>
       </c>
       <c r="B392" s="9">
-        <v>9.4499999999999993</v>
+        <v>10</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>1294</v>
+        <v>1330</v>
       </c>
       <c r="D392" s="25">
-        <v>45866</v>
+        <v>45971</v>
       </c>
       <c r="E392" s="20"/>
       <c r="G392" s="9"/>
     </row>
     <row r="393" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A393" s="5" t="s">
-        <v>760</v>
+        <v>1292</v>
       </c>
       <c r="B393" s="9">
-        <v>10</v>
+        <v>9.4499999999999993</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>761</v>
+        <v>1293</v>
       </c>
       <c r="D393" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E393" s="20"/>
       <c r="G393" s="9"/>
     </row>
     <row r="394" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A394" s="5" t="s">
-        <v>618</v>
+        <v>760</v>
       </c>
       <c r="B394" s="9">
         <v>10</v>
       </c>
       <c r="C394" s="15" t="s">
+        <v>761</v>
+      </c>
+      <c r="D394" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E394" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G394" s="9"/>
+    </row>
+    <row r="395" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A395" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="B395" s="9">
+        <v>10</v>
+      </c>
+      <c r="C395" s="15" t="s">
         <v>619</v>
       </c>
-      <c r="D394" s="25">
+      <c r="D395" s="25">
         <v>44328</v>
       </c>
-      <c r="E394" s="20">
-[...5 lines deleted...]
-      <c r="A395" s="15" t="s">
+      <c r="E395" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G395" s="9"/>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A396" s="15" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B396" s="14">
+        <v>10</v>
+      </c>
+      <c r="C396" s="15" t="s">
         <v>1100</v>
       </c>
-      <c r="B395" s="14">
+      <c r="D396" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E396" s="21">
+        <v>10000</v>
+      </c>
+      <c r="G396" s="9"/>
+    </row>
+    <row r="397" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A397" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="B397" s="8">
         <v>10</v>
       </c>
-      <c r="C395" s="15" t="s">
-[...20 lines deleted...]
-      <c r="D396" s="25">
+      <c r="C397" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="D397" s="25">
         <v>45195</v>
       </c>
-      <c r="E396" s="20">
-[...4 lines deleted...]
-      <c r="A397" s="15" t="s">
+      <c r="E397" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A398" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B397" s="16">
+      <c r="B398" s="16">
         <v>38</v>
       </c>
-      <c r="C397" s="15" t="s">
+      <c r="C398" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="D397" s="25">
+      <c r="D398" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44307</v>
       </c>
       <c r="E398" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="399" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A399" s="5" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>17.100000000000001</v>
+        <v>187</v>
+      </c>
+      <c r="B399" s="9">
+        <v>1</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>608</v>
+        <v>188</v>
       </c>
       <c r="D399" s="25">
-        <v>45211</v>
+        <v>44307</v>
       </c>
       <c r="E399" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="400" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A400" s="5" t="s">
-        <v>1151</v>
+        <v>607</v>
       </c>
       <c r="B400" s="8">
-        <v>10</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="C400" s="15" t="s">
-        <v>1152</v>
+        <v>608</v>
       </c>
       <c r="D400" s="25">
-        <v>45558</v>
+        <v>45211</v>
       </c>
       <c r="E400" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="5" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>9.25</v>
+        <v>1150</v>
+      </c>
+      <c r="B401" s="8">
+        <v>10</v>
       </c>
       <c r="C401" s="15" t="s">
-        <v>395</v>
+        <v>1151</v>
       </c>
       <c r="D401" s="25">
-        <v>44340</v>
+        <v>45558</v>
       </c>
       <c r="E401" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="5" t="s">
         <v>390</v>
       </c>
       <c r="B402" s="9">
-        <v>6.41</v>
+        <v>9.25</v>
       </c>
       <c r="C402" s="15" t="s">
-        <v>408</v>
+        <v>395</v>
       </c>
       <c r="D402" s="25">
         <v>44340</v>
       </c>
       <c r="E402" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="5" t="s">
-        <v>415</v>
+        <v>390</v>
       </c>
       <c r="B403" s="9">
-        <v>43.88</v>
+        <v>6.41</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>416</v>
+        <v>408</v>
       </c>
       <c r="D403" s="25">
         <v>44340</v>
       </c>
       <c r="E403" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="5" t="s">
         <v>415</v>
       </c>
       <c r="B404" s="9">
-        <v>3.26</v>
+        <v>43.88</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="D404" s="25">
         <v>44340</v>
       </c>
       <c r="E404" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="5" t="s">
-        <v>973</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>415</v>
+      </c>
+      <c r="B405" s="9">
+        <v>3.26</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>974</v>
+        <v>430</v>
       </c>
       <c r="D405" s="25">
-        <v>45195</v>
+        <v>44340</v>
       </c>
       <c r="E405" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="5" t="s">
-        <v>572</v>
+        <v>971</v>
       </c>
       <c r="B406" s="8">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>573</v>
+        <v>972</v>
       </c>
       <c r="D406" s="25">
-        <v>45211</v>
+        <v>45195</v>
       </c>
       <c r="E406" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="5" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>5.8</v>
+        <v>572</v>
+      </c>
+      <c r="B407" s="8">
+        <v>8</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>627</v>
+        <v>573</v>
       </c>
       <c r="D407" s="25">
-        <v>44328</v>
+        <v>45211</v>
       </c>
       <c r="E407" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="5" t="s">
-        <v>242</v>
+        <v>626</v>
       </c>
       <c r="B408" s="9">
-        <v>2.2599999999999998</v>
+        <v>5.8</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>243</v>
+        <v>627</v>
       </c>
       <c r="D408" s="25">
-        <v>44329</v>
+        <v>44328</v>
       </c>
       <c r="E408" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="5" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B409" s="9">
         <v>2.2599999999999998</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D409" s="25">
-        <v>44335</v>
+        <v>44329</v>
       </c>
       <c r="E409" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="5" t="s">
         <v>244</v>
       </c>
       <c r="B410" s="9">
-        <v>4.4800000000000004</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D410" s="25">
         <v>44335</v>
       </c>
       <c r="E410" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="5" t="s">
-        <v>801</v>
+        <v>244</v>
       </c>
       <c r="B411" s="9">
-        <v>10</v>
+        <v>4.4800000000000004</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>802</v>
+        <v>246</v>
       </c>
       <c r="D411" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E411" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="5" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>103.88</v>
+        <v>801</v>
+      </c>
+      <c r="B412" s="9">
+        <v>10</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>465</v>
+        <v>802</v>
       </c>
       <c r="D412" s="25">
-        <v>44657</v>
+        <v>44340</v>
       </c>
       <c r="E412" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="5" t="s">
-        <v>1129</v>
+        <v>464</v>
       </c>
       <c r="B413" s="16">
-        <v>10</v>
+        <v>103.88</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>1130</v>
+        <v>465</v>
       </c>
       <c r="D413" s="25">
-        <v>45525</v>
+        <v>44657</v>
       </c>
       <c r="E413" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="5" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1128</v>
+      </c>
+      <c r="B414" s="16">
+        <v>10</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>798</v>
+        <v>1129</v>
       </c>
       <c r="D414" s="25">
-        <v>44340</v>
+        <v>45525</v>
       </c>
       <c r="E414" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="5" t="s">
-        <v>1121</v>
+        <v>797</v>
       </c>
       <c r="B415" s="9">
-        <v>9.1999999999999993</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>20</v>
+      </c>
+      <c r="C415" s="15" t="s">
+        <v>798</v>
       </c>
       <c r="D415" s="25">
-        <v>45525</v>
+        <v>44340</v>
       </c>
       <c r="E415" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B416" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="C416" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D416" s="25">
+        <v>45525</v>
+      </c>
+      <c r="E416" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A417" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="B416" s="9">
+      <c r="B417" s="9">
         <v>8.4</v>
       </c>
-      <c r="C416" s="15" t="s">
+      <c r="C417" s="15" t="s">
         <v>663</v>
       </c>
-      <c r="D416" s="25">
+      <c r="D417" s="25">
         <v>44335</v>
       </c>
-      <c r="E416" s="20">
-[...4 lines deleted...]
-      <c r="A417" s="15" t="s">
+      <c r="E417" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A418" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B418" s="14">
+        <v>10</v>
+      </c>
+      <c r="C418" s="15" t="s">
         <v>1087</v>
       </c>
-      <c r="B417" s="14">
+      <c r="D418" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E418" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A419" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B419" s="9">
         <v>10</v>
       </c>
-      <c r="C417" s="15" t="s">
-[...16 lines deleted...]
-      <c r="C418" s="15" t="s">
+      <c r="C419" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="D418" s="25">
+      <c r="D419" s="25">
         <v>44336</v>
       </c>
-      <c r="E418" s="20">
-[...4 lines deleted...]
-      <c r="A419" s="15" t="s">
+      <c r="E419" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A420" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="B419" s="16">
+      <c r="B420" s="16">
         <v>11.25</v>
       </c>
-      <c r="C419" s="15" t="s">
+      <c r="C420" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="D419" s="25">
+      <c r="D420" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44232</v>
       </c>
       <c r="E420" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B421" s="9">
-        <v>13.18</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>13.36</v>
+      </c>
+      <c r="C421" s="5" t="s">
+        <v>140</v>
       </c>
       <c r="D421" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E421" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B422" s="9">
-        <v>11.87</v>
+        <v>13.18</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>431</v>
+        <v>396</v>
       </c>
       <c r="D422" s="25">
         <v>44340</v>
       </c>
       <c r="E422" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="B423" s="16">
-        <v>10</v>
+      <c r="B423" s="9">
+        <v>11.87</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>515</v>
+        <v>431</v>
       </c>
       <c r="D423" s="25">
-        <v>45097</v>
+        <v>44340</v>
       </c>
       <c r="E423" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="B424" s="8">
-        <v>140.62</v>
+      <c r="B424" s="16">
+        <v>10</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="D424" s="25">
-        <v>45205</v>
+        <v>45097</v>
       </c>
       <c r="E424" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B425" s="8">
-        <v>10</v>
+        <v>140.62</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D425" s="25">
         <v>45205</v>
       </c>
       <c r="E425" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="5" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>83</v>
+      </c>
+      <c r="B426" s="8">
+        <v>10</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>769</v>
+        <v>522</v>
       </c>
       <c r="D426" s="25">
-        <v>44340</v>
+        <v>45205</v>
       </c>
       <c r="E426" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="5" t="s">
-        <v>229</v>
+        <v>768</v>
       </c>
       <c r="B427" s="9">
-        <v>14.69</v>
+        <v>20</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>230</v>
+        <v>769</v>
       </c>
       <c r="D427" s="25">
-        <v>44329</v>
+        <v>44340</v>
       </c>
       <c r="E427" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="5" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="B428" s="8">
+        <v>229</v>
+      </c>
+      <c r="B428" s="9">
+        <v>14.69</v>
+      </c>
+      <c r="C428" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D428" s="25">
+        <v>44329</v>
+      </c>
+      <c r="E428" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A429" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B429" s="8">
         <v>10</v>
       </c>
-      <c r="C428" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D428" s="25">
+      <c r="C429" s="15" t="s">
+        <v>974</v>
+      </c>
+      <c r="D429" s="25">
         <v>45195</v>
       </c>
-      <c r="E428" s="20">
-[...4 lines deleted...]
-      <c r="A429" s="15" t="s">
+      <c r="E429" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A430" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="B429" s="16">
+      <c r="B430" s="16">
         <v>10.8</v>
       </c>
-      <c r="C429" s="15" t="s">
+      <c r="C430" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="D429" s="25">
+      <c r="D430" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44175</v>
       </c>
       <c r="E430" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="5" t="s">
-        <v>1170</v>
+        <v>104</v>
       </c>
       <c r="B431" s="9">
-        <v>10</v>
+        <v>10.5</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>1171</v>
+        <v>105</v>
       </c>
       <c r="D431" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E431" s="20"/>
+        <v>44175</v>
+      </c>
+      <c r="E431" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="5" t="s">
-        <v>610</v>
-[...5 lines deleted...]
-        <v>611</v>
+        <v>1169</v>
+      </c>
+      <c r="B432" s="9">
+        <v>10</v>
+      </c>
+      <c r="C432" s="5" t="s">
+        <v>1170</v>
       </c>
       <c r="D432" s="25">
-        <v>45211</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E432" s="20"/>
     </row>
     <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="5" t="s">
-        <v>1001</v>
+        <v>610</v>
       </c>
       <c r="B433" s="8">
-        <v>11</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>1002</v>
+        <v>611</v>
       </c>
       <c r="D433" s="25">
-        <v>45205</v>
+        <v>45211</v>
       </c>
       <c r="E433" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="5" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>999</v>
+      </c>
+      <c r="B434" s="8">
+        <v>11</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>723</v>
+        <v>1000</v>
       </c>
       <c r="D434" s="25">
-        <v>44336</v>
+        <v>45205</v>
       </c>
       <c r="E434" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="5" t="s">
-        <v>1153</v>
+        <v>722</v>
       </c>
       <c r="B435" s="9">
         <v>10</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>1154</v>
+        <v>723</v>
       </c>
       <c r="D435" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E435" s="20"/>
+        <v>44336</v>
+      </c>
+      <c r="E435" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="5" t="s">
-        <v>696</v>
+        <v>1152</v>
       </c>
       <c r="B436" s="9">
-        <v>5.6</v>
+        <v>10</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>697</v>
+        <v>1153</v>
       </c>
       <c r="D436" s="25">
-        <v>44335</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E436" s="20"/>
     </row>
     <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="5" t="s">
-        <v>50</v>
+        <v>696</v>
       </c>
       <c r="B437" s="9">
-        <v>1.1499999999999999</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>5.6</v>
+      </c>
+      <c r="C437" s="15" t="s">
+        <v>697</v>
       </c>
       <c r="D437" s="25">
-        <v>44082</v>
+        <v>44335</v>
       </c>
       <c r="E437" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="438" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A438" s="5" t="s">
-        <v>1178</v>
+        <v>50</v>
       </c>
       <c r="B438" s="9">
-        <v>10</v>
+        <v>1.1499999999999999</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>1179</v>
+        <v>51</v>
       </c>
       <c r="D438" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E438" s="20"/>
+        <v>44082</v>
+      </c>
+      <c r="E438" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A439" s="5" t="s">
-        <v>370</v>
+        <v>1177</v>
       </c>
       <c r="B439" s="9">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>10</v>
+      </c>
+      <c r="C439" s="5" t="s">
+        <v>1178</v>
       </c>
       <c r="D439" s="25">
-        <v>44386</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E439" s="20"/>
     </row>
     <row r="440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A440" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B440" s="9">
+        <v>6</v>
+      </c>
+      <c r="C440" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D440" s="25">
+        <v>44386</v>
+      </c>
+      <c r="E440" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A441" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="B440" s="9">
+      <c r="B441" s="9">
         <v>3.1</v>
       </c>
-      <c r="C440" s="15" t="s">
+      <c r="C441" s="15" t="s">
         <v>721</v>
       </c>
-      <c r="D440" s="25">
+      <c r="D441" s="25">
         <v>44336</v>
       </c>
-      <c r="E440" s="20">
-[...16 lines deleted...]
-      <c r="E441" s="21">
+      <c r="E441" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="442" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A442" s="15" t="s">
-        <v>1052</v>
+        <v>1088</v>
       </c>
       <c r="B442" s="14">
         <v>10</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1053</v>
+        <v>1089</v>
       </c>
       <c r="D442" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E442" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A443" s="15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B443" s="14">
+        <v>10</v>
+      </c>
+      <c r="C443" s="15" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D443" s="23">
         <v>45335</v>
-      </c>
-[...15 lines deleted...]
-        <v>44307</v>
       </c>
       <c r="E443" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="444" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A444" s="5" t="s">
-        <v>369</v>
+        <v>185</v>
       </c>
       <c r="B444" s="9">
-        <v>16.579999999999998</v>
+        <v>53</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>371</v>
+        <v>186</v>
       </c>
       <c r="D444" s="25">
-        <v>44386</v>
+        <v>44307</v>
       </c>
       <c r="E444" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="445" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A445" s="5" t="s">
-        <v>867</v>
+        <v>369</v>
       </c>
       <c r="B445" s="9">
-        <v>20</v>
+        <v>16.579999999999998</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>868</v>
+        <v>371</v>
       </c>
       <c r="D445" s="25">
-        <v>44341</v>
+        <v>44386</v>
       </c>
       <c r="E445" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="446" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A446" s="5" t="s">
-        <v>1172</v>
+        <v>867</v>
       </c>
       <c r="B446" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>1173</v>
+        <v>868</v>
       </c>
       <c r="D446" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E446" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E446" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="447" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A447" s="5" t="s">
-        <v>783</v>
+        <v>1171</v>
       </c>
       <c r="B447" s="9">
         <v>10</v>
       </c>
       <c r="C447" s="15" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D447" s="25">
+        <v>45558</v>
+      </c>
+      <c r="E447" s="20"/>
+    </row>
+    <row r="448" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A448" s="5" t="s">
+        <v>783</v>
+      </c>
+      <c r="B448" s="9">
+        <v>10</v>
+      </c>
+      <c r="C448" s="15" t="s">
         <v>784</v>
       </c>
-      <c r="D447" s="25">
+      <c r="D448" s="25">
         <v>44340</v>
       </c>
-      <c r="E447" s="20">
-[...7 lines deleted...]
-      <c r="B448" s="14">
+      <c r="E448" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A449" s="15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B449" s="14">
         <v>194.12</v>
       </c>
-      <c r="C448" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D448" s="23">
+      <c r="C449" s="15" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D449" s="23">
         <v>45315</v>
       </c>
-      <c r="E448" s="20" t="s">
+      <c r="E449" s="20" t="s">
         <v>488</v>
-      </c>
-[...15 lines deleted...]
-        <v>10000</v>
       </c>
     </row>
     <row r="450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A450" s="5" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>42.41</v>
+        <v>444</v>
+      </c>
+      <c r="B450" s="9">
+        <v>11.55</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>477</v>
+        <v>445</v>
       </c>
       <c r="D450" s="25">
-        <v>44762</v>
+        <v>44417</v>
       </c>
       <c r="E450" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="451" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A451" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="B451" s="9">
-        <v>118.29</v>
+      <c r="B451" s="16">
+        <v>42.41</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="D451" s="25">
         <v>44762</v>
       </c>
       <c r="E451" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="452" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A452" s="6" t="s">
-[...2 lines deleted...]
-      <c r="B452" s="2">
+      <c r="A452" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="B452" s="9">
+        <v>118.29</v>
+      </c>
+      <c r="C452" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="D452" s="25">
+        <v>44762</v>
+      </c>
+      <c r="E452" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A453" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B453" s="2">
         <v>1.86</v>
       </c>
-      <c r="C452" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D452" s="26">
+      <c r="C453" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D453" s="26">
         <v>45252</v>
-      </c>
-[...15 lines deleted...]
-        <v>44341</v>
       </c>
       <c r="E453" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="454" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A454" s="5" t="s">
-        <v>690</v>
+        <v>889</v>
       </c>
       <c r="B454" s="9">
-        <v>5.4</v>
+        <v>5.6</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>691</v>
+        <v>890</v>
       </c>
       <c r="D454" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E454" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="455" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A455" s="5" t="s">
-        <v>735</v>
+        <v>690</v>
       </c>
       <c r="B455" s="9">
-        <v>10</v>
+        <v>5.4</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>736</v>
+        <v>691</v>
       </c>
       <c r="D455" s="25">
-        <v>44337</v>
+        <v>44335</v>
       </c>
       <c r="E455" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="456" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A456" s="5" t="s">
         <v>735</v>
       </c>
       <c r="B456" s="9">
         <v>10</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D456" s="25">
         <v>44337</v>
       </c>
       <c r="E456" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="457" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A457" s="15" t="s">
+      <c r="A457" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="B457" s="9">
+        <v>10</v>
+      </c>
+      <c r="C457" s="15" t="s">
+        <v>737</v>
+      </c>
+      <c r="D457" s="25">
+        <v>44337</v>
+      </c>
+      <c r="E457" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A458" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="B457" s="16">
+      <c r="B458" s="16">
         <v>1.65</v>
       </c>
-      <c r="C457" s="15" t="s">
+      <c r="C458" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="D457" s="25">
+      <c r="D458" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44235</v>
       </c>
       <c r="E458" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A459" s="5" t="s">
-        <v>1230</v>
+        <v>161</v>
       </c>
       <c r="B459" s="9">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>1231</v>
+        <v>162</v>
       </c>
       <c r="D459" s="25">
-        <v>45635</v>
-[...1 lines deleted...]
-      <c r="E459" s="20"/>
+        <v>44235</v>
+      </c>
+      <c r="E459" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A460" s="5" t="s">
-        <v>84</v>
+        <v>1229</v>
       </c>
       <c r="B460" s="9">
-        <v>1.24</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>10</v>
+      </c>
+      <c r="C460" s="15" t="s">
+        <v>1230</v>
       </c>
       <c r="D460" s="25">
-        <v>44232</v>
-[...3 lines deleted...]
-      </c>
+        <v>45635</v>
+      </c>
+      <c r="E460" s="20"/>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A461" s="5" t="s">
-        <v>183</v>
+        <v>84</v>
       </c>
       <c r="B461" s="9">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>1.24</v>
+      </c>
+      <c r="C461" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="D461" s="25">
-        <v>44307</v>
+        <v>44232</v>
       </c>
       <c r="E461" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A462" s="5" t="s">
-        <v>265</v>
+        <v>183</v>
       </c>
       <c r="B462" s="9">
-        <v>28.18</v>
+        <v>5</v>
       </c>
       <c r="C462" s="15" t="s">
-        <v>266</v>
+        <v>184</v>
       </c>
       <c r="D462" s="25">
-        <v>44335</v>
+        <v>44307</v>
       </c>
       <c r="E462" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A463" s="5" t="s">
-        <v>85</v>
+        <v>265</v>
       </c>
       <c r="B463" s="9">
-        <v>3.74</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>28.18</v>
+      </c>
+      <c r="C463" s="15" t="s">
+        <v>266</v>
       </c>
       <c r="D463" s="25">
-        <v>44232</v>
+        <v>44335</v>
       </c>
       <c r="E463" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A464" s="5" t="s">
-        <v>1083</v>
+        <v>85</v>
       </c>
       <c r="B464" s="9">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>1081</v>
+        <v>3.74</v>
+      </c>
+      <c r="C464" s="5" t="s">
+        <v>142</v>
       </c>
       <c r="D464" s="25">
-        <v>44781</v>
-[...1 lines deleted...]
-      <c r="E464" s="20"/>
+        <v>44232</v>
+      </c>
+      <c r="E464" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A465" s="5" t="s">
-        <v>458</v>
+        <v>1081</v>
       </c>
       <c r="B465" s="9">
-        <v>30.37</v>
+        <v>200</v>
       </c>
       <c r="C465" s="15" t="s">
-        <v>459</v>
+        <v>1079</v>
       </c>
       <c r="D465" s="25">
-        <v>44609</v>
-[...3 lines deleted...]
-      </c>
+        <v>44781</v>
+      </c>
+      <c r="E465" s="20"/>
     </row>
     <row r="466" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A466" s="5" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>16.399999999999999</v>
+        <v>458</v>
+      </c>
+      <c r="B466" s="9">
+        <v>30.37</v>
       </c>
       <c r="C466" s="15" t="s">
-        <v>994</v>
+        <v>459</v>
       </c>
       <c r="D466" s="25">
-        <v>45195</v>
+        <v>44609</v>
       </c>
       <c r="E466" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="467" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A467" s="5" t="s">
-        <v>1174</v>
+        <v>991</v>
       </c>
       <c r="B467" s="8">
-        <v>10</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="C467" s="15" t="s">
-        <v>1175</v>
+        <v>992</v>
       </c>
       <c r="D467" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E467" s="20"/>
+        <v>45195</v>
+      </c>
+      <c r="E467" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A468" s="5" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>115</v>
+        <v>1173</v>
+      </c>
+      <c r="B468" s="8">
+        <v>10</v>
+      </c>
+      <c r="C468" s="15" t="s">
+        <v>1174</v>
       </c>
       <c r="D468" s="25">
-        <v>44231</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E468" s="20"/>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A469" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="B469" s="19">
-        <v>3.86</v>
+      <c r="B469" s="9">
+        <v>1.94</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D469" s="25">
         <v>44231</v>
       </c>
       <c r="E469" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A470" s="5" t="s">
-        <v>550</v>
-[...5 lines deleted...]
-        <v>551</v>
+        <v>74</v>
+      </c>
+      <c r="B470" s="19">
+        <v>3.86</v>
+      </c>
+      <c r="C470" s="5" t="s">
+        <v>116</v>
       </c>
       <c r="D470" s="25">
-        <v>45211</v>
+        <v>44231</v>
       </c>
       <c r="E470" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A471" s="5" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>550</v>
+      </c>
+      <c r="B471" s="8">
+        <v>2</v>
       </c>
       <c r="C471" s="15" t="s">
-        <v>647</v>
+        <v>551</v>
       </c>
       <c r="D471" s="25">
-        <v>44335</v>
+        <v>45211</v>
       </c>
       <c r="E471" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A472" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="B472" s="9">
+        <v>20</v>
+      </c>
+      <c r="C472" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="D472" s="25">
+        <v>44335</v>
+      </c>
+      <c r="E472" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A473" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B472" s="9">
+      <c r="B473" s="9">
         <v>10.3</v>
       </c>
-      <c r="C472" s="5" t="s">
+      <c r="C473" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D472" s="25">
+      <c r="D473" s="25">
         <v>44082</v>
       </c>
-      <c r="E472" s="20">
-[...7 lines deleted...]
-      <c r="B473" s="14">
+      <c r="E473" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A474" s="15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B474" s="14">
         <v>265</v>
       </c>
-      <c r="C473" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D473" s="23">
+      <c r="C474" s="15" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D474" s="23">
         <v>45272</v>
-      </c>
-[...15 lines deleted...]
-        <v>44337</v>
       </c>
       <c r="E474" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A475" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="B475" s="8">
+      <c r="B475" s="9">
+        <v>1347</v>
+      </c>
+      <c r="C475" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D475" s="25">
+        <v>44337</v>
+      </c>
+      <c r="E475" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A476" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B476" s="8">
         <v>499</v>
       </c>
-      <c r="C475" s="15" t="s">
+      <c r="C476" s="15" t="s">
         <v>533</v>
       </c>
-      <c r="D475" s="25">
+      <c r="D476" s="25">
         <v>45210</v>
       </c>
-      <c r="E475" s="20">
-[...4 lines deleted...]
-      <c r="A476" s="5" t="s">
+      <c r="E476" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A477" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="B476" s="9">
+      <c r="B477" s="9">
         <v>136.88</v>
       </c>
-      <c r="C476" s="15" t="s">
+      <c r="C477" s="15" t="s">
         <v>454</v>
       </c>
-      <c r="D476" s="25">
+      <c r="D477" s="25">
         <v>44609</v>
-      </c>
-[...15 lines deleted...]
-        <v>44328</v>
       </c>
       <c r="E477" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="478" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A478" s="5" t="s">
-        <v>306</v>
+        <v>250</v>
       </c>
       <c r="B478" s="9">
-        <v>720</v>
+        <v>325</v>
       </c>
       <c r="C478" s="15" t="s">
-        <v>362</v>
+        <v>274</v>
       </c>
       <c r="D478" s="25">
-        <v>44337</v>
+        <v>44328</v>
       </c>
       <c r="E478" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="479" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A479" s="5" t="s">
         <v>306</v>
       </c>
       <c r="B479" s="9">
-        <v>780</v>
+        <v>720</v>
       </c>
       <c r="C479" s="15" t="s">
-        <v>307</v>
+        <v>362</v>
       </c>
       <c r="D479" s="25">
-        <v>44341</v>
+        <v>44337</v>
       </c>
       <c r="E479" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="480" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A480" s="5" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>36.92</v>
+        <v>306</v>
+      </c>
+      <c r="B480" s="9">
+        <v>780</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>519</v>
+        <v>307</v>
       </c>
       <c r="D480" s="25">
-        <v>45167</v>
+        <v>44341</v>
       </c>
       <c r="E480" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A481" s="5" t="s">
         <v>518</v>
       </c>
       <c r="B481" s="8">
-        <v>76.53</v>
+        <v>36.92</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D481" s="25">
         <v>45167</v>
       </c>
       <c r="E481" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A482" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>518</v>
+      </c>
+      <c r="B482" s="8">
+        <v>76.53</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>211</v>
+        <v>520</v>
       </c>
       <c r="D482" s="25">
-        <v>44329</v>
+        <v>45167</v>
       </c>
       <c r="E482" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="483" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A483" s="5" t="s">
-        <v>650</v>
+        <v>210</v>
       </c>
       <c r="B483" s="9">
-        <v>10</v>
+        <v>350</v>
       </c>
       <c r="C483" s="15" t="s">
-        <v>651</v>
+        <v>211</v>
       </c>
       <c r="D483" s="25">
-        <v>44335</v>
+        <v>44329</v>
       </c>
       <c r="E483" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="484" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A484" s="5" t="s">
-        <v>353</v>
+        <v>650</v>
       </c>
       <c r="B484" s="9">
-        <v>13.5</v>
+        <v>10</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>354</v>
+        <v>651</v>
       </c>
       <c r="D484" s="25">
-        <v>44337</v>
+        <v>44335</v>
       </c>
       <c r="E484" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="485" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A485" s="5" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="B485" s="9">
-        <v>18.149999999999999</v>
+        <v>13.5</v>
       </c>
       <c r="C485" s="15" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="D485" s="25">
         <v>44337</v>
       </c>
       <c r="E485" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="486" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A486" s="5" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B486" s="9">
-        <v>150</v>
+        <v>18.149999999999999</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="D486" s="25">
         <v>44337</v>
       </c>
       <c r="E486" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="487" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A487" s="5" t="s">
-        <v>793</v>
+        <v>351</v>
       </c>
       <c r="B487" s="9">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="C487" s="15" t="s">
-        <v>794</v>
+        <v>352</v>
       </c>
       <c r="D487" s="25">
-        <v>44340</v>
+        <v>44337</v>
       </c>
       <c r="E487" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="488" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A488" s="5" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>8.1999999999999993</v>
+        <v>793</v>
+      </c>
+      <c r="B488" s="9">
+        <v>20</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>1007</v>
+        <v>794</v>
       </c>
       <c r="D488" s="25">
-        <v>45205</v>
+        <v>44340</v>
       </c>
       <c r="E488" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="489" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A489" s="5" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1004</v>
+      </c>
+      <c r="B489" s="8">
+        <v>8.1999999999999993</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>854</v>
+        <v>1005</v>
       </c>
       <c r="D489" s="25">
-        <v>44341</v>
+        <v>45205</v>
       </c>
       <c r="E489" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="490" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A490" s="5" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>139.9</v>
+        <v>853</v>
+      </c>
+      <c r="B490" s="9">
+        <v>10</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>532</v>
+        <v>854</v>
       </c>
       <c r="D490" s="25">
-        <v>45210</v>
+        <v>44341</v>
       </c>
       <c r="E490" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="491" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A491" s="5" t="s">
         <v>531</v>
       </c>
       <c r="B491" s="8">
+        <v>139.9</v>
+      </c>
+      <c r="C491" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D491" s="25">
+        <v>45210</v>
+      </c>
+      <c r="E491" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A492" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="B492" s="8">
         <v>79.95</v>
       </c>
-      <c r="C491" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D491" s="25">
+      <c r="C492" s="15" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D492" s="25">
         <v>45588</v>
-      </c>
-[...15 lines deleted...]
-        <v>44340</v>
       </c>
       <c r="E492" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="493" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A493" s="5" t="s">
         <v>285</v>
       </c>
       <c r="B493" s="9">
+        <v>75</v>
+      </c>
+      <c r="C493" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="D493" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E493" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A494" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="B494" s="9">
         <v>250</v>
       </c>
-      <c r="C493" s="15" t="s">
+      <c r="C494" s="15" t="s">
         <v>491</v>
       </c>
-      <c r="D493" s="25">
+      <c r="D494" s="25">
         <v>44971</v>
       </c>
-      <c r="E493" s="20">
-[...16 lines deleted...]
-      <c r="E494" s="21">
+      <c r="E494" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="495" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A495" s="15" t="s">
         <v>285</v>
       </c>
       <c r="B495" s="14">
-        <v>87.25</v>
+        <v>500</v>
       </c>
       <c r="C495" s="15" t="s">
-        <v>1245</v>
+        <v>1063</v>
       </c>
       <c r="D495" s="23">
-        <v>45699</v>
-[...1 lines deleted...]
-      <c r="E495" s="21"/>
+        <v>45362</v>
+      </c>
+      <c r="E495" s="21">
+        <v>10000</v>
+      </c>
     </row>
     <row r="496" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A496" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="B496" s="14">
+        <v>87.25</v>
+      </c>
+      <c r="C496" s="15" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D496" s="23">
+        <v>45699</v>
+      </c>
+      <c r="E496" s="21"/>
+    </row>
+    <row r="497" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A497" s="15" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B497" s="14">
+        <v>15696.92</v>
+      </c>
+      <c r="C497" s="15" t="s">
         <v>1117</v>
       </c>
-      <c r="B496" s="14">
-[...5 lines deleted...]
-      <c r="D496" s="23">
+      <c r="D497" s="23">
         <v>45505</v>
       </c>
-      <c r="E496" s="21" t="s">
+      <c r="E497" s="21" t="s">
         <v>488</v>
-      </c>
-[...15 lines deleted...]
-        <v>10000</v>
       </c>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A498" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="B498" s="9">
+        <v>106.75</v>
+      </c>
+      <c r="C498" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D498" s="25">
+        <v>44609</v>
+      </c>
+      <c r="E498" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A499" s="5" t="s">
         <v>883</v>
       </c>
-      <c r="B498" s="9">
+      <c r="B499" s="9">
         <v>3.3</v>
       </c>
-      <c r="C498" s="15" t="s">
+      <c r="C499" s="15" t="s">
         <v>884</v>
       </c>
-      <c r="D498" s="25">
+      <c r="D499" s="25">
         <v>44341</v>
       </c>
-      <c r="E498" s="20">
-[...4 lines deleted...]
-      <c r="A499" s="15" t="s">
+      <c r="E499" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A500" s="15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B500" s="14">
+        <v>10</v>
+      </c>
+      <c r="C500" s="15" t="s">
         <v>1091</v>
       </c>
-      <c r="B499" s="14">
-[...5 lines deleted...]
-      <c r="D499" s="23">
+      <c r="D500" s="23">
         <v>45406</v>
       </c>
-      <c r="E499" s="21">
-[...16 lines deleted...]
-      <c r="E500" s="20">
+      <c r="E500" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A501" s="5" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>529</v>
+      </c>
+      <c r="B501" s="8">
+        <v>48</v>
       </c>
       <c r="C501" s="15" t="s">
-        <v>715</v>
+        <v>530</v>
       </c>
       <c r="D501" s="25">
-        <v>44336</v>
+        <v>45205</v>
       </c>
       <c r="E501" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="502" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A502" s="5" t="s">
-        <v>379</v>
+        <v>714</v>
       </c>
       <c r="B502" s="9">
-        <v>39.51</v>
+        <v>10</v>
       </c>
       <c r="C502" s="15" t="s">
-        <v>380</v>
+        <v>715</v>
       </c>
       <c r="D502" s="25">
-        <v>44340</v>
+        <v>44336</v>
       </c>
       <c r="E502" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A503" s="5" t="s">
-        <v>179</v>
+        <v>379</v>
       </c>
       <c r="B503" s="9">
-        <v>13.55</v>
+        <v>39.51</v>
       </c>
       <c r="C503" s="15" t="s">
-        <v>182</v>
+        <v>380</v>
       </c>
       <c r="D503" s="25">
-        <v>44307</v>
+        <v>44340</v>
       </c>
       <c r="E503" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="504" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A504" s="5" t="s">
-        <v>724</v>
+        <v>179</v>
       </c>
       <c r="B504" s="9">
-        <v>3.5</v>
+        <v>13.55</v>
       </c>
       <c r="C504" s="15" t="s">
-        <v>725</v>
+        <v>182</v>
       </c>
       <c r="D504" s="25">
-        <v>44336</v>
+        <v>44307</v>
       </c>
       <c r="E504" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A505" s="5" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>323.83999999999997</v>
+        <v>724</v>
+      </c>
+      <c r="B505" s="9">
+        <v>3.5</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>545</v>
+        <v>725</v>
       </c>
       <c r="D505" s="25">
-        <v>45210</v>
+        <v>44336</v>
       </c>
       <c r="E505" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A506" s="5" t="s">
-        <v>995</v>
+        <v>544</v>
       </c>
       <c r="B506" s="8">
+        <v>323.83999999999997</v>
+      </c>
+      <c r="C506" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D506" s="25">
+        <v>45210</v>
+      </c>
+      <c r="E506" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A507" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="B507" s="8">
         <v>10.4</v>
       </c>
-      <c r="C506" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D506" s="25">
+      <c r="C507" s="15" t="s">
+        <v>994</v>
+      </c>
+      <c r="D507" s="25">
         <v>45195</v>
       </c>
-      <c r="E506" s="20">
-[...4 lines deleted...]
-      <c r="A507" s="5" t="s">
+      <c r="E507" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A508" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B508" s="8">
+        <v>43.82</v>
+      </c>
+      <c r="C508" s="15" t="s">
         <v>1191</v>
       </c>
-      <c r="B507" s="8">
-[...5 lines deleted...]
-      <c r="D507" s="25">
+      <c r="D508" s="25">
         <v>45588</v>
-      </c>
-[...15 lines deleted...]
-        <v>44337</v>
       </c>
       <c r="E508" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="509" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A509" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="B509" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="C509" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="D509" s="25">
+        <v>44337</v>
+      </c>
+      <c r="E509" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A510" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B510" s="9">
+        <v>19.45</v>
+      </c>
+      <c r="C510" s="15" t="s">
         <v>1291</v>
       </c>
-      <c r="B509" s="9">
-[...5 lines deleted...]
-      <c r="D509" s="25">
+      <c r="D510" s="25">
         <v>45866</v>
       </c>
-      <c r="E509" s="20"/>
-[...16 lines deleted...]
-      </c>
+      <c r="E510" s="20"/>
     </row>
     <row r="511" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A511" s="15" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>5.79</v>
+        <v>1052</v>
+      </c>
+      <c r="B511" s="14">
+        <v>10</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>43958</v>
+        <v>1053</v>
+      </c>
+      <c r="D511" s="23">
+        <v>45335</v>
       </c>
       <c r="E511" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A512" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B512" s="16">
+        <v>5.79</v>
+      </c>
+      <c r="C512" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D512" s="25">
+        <v>43958</v>
+      </c>
+      <c r="E512" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A513" s="15" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B513" s="14">
+        <v>10</v>
+      </c>
+      <c r="C513" s="15" t="s">
         <v>1093</v>
       </c>
-      <c r="B512" s="14">
-[...5 lines deleted...]
-      <c r="D512" s="23">
+      <c r="D513" s="23">
         <v>45406</v>
       </c>
-      <c r="E512" s="21">
-[...16 lines deleted...]
-      <c r="E513" s="20">
+      <c r="E513" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A514" s="5" t="s">
-        <v>1285</v>
+        <v>975</v>
       </c>
       <c r="B514" s="8">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>1286</v>
+        <v>976</v>
       </c>
       <c r="D514" s="25">
-        <v>45859</v>
-[...1 lines deleted...]
-      <c r="E514" s="20"/>
+        <v>45195</v>
+      </c>
+      <c r="E514" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A515" s="5" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>11.03</v>
+        <v>1284</v>
+      </c>
+      <c r="B515" s="8">
+        <v>80</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>311</v>
+        <v>1285</v>
       </c>
       <c r="D515" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45859</v>
+      </c>
+      <c r="E515" s="20"/>
     </row>
     <row r="516" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A516" s="5" t="s">
         <v>310</v>
       </c>
       <c r="B516" s="9">
-        <v>7.54</v>
+        <v>11.03</v>
       </c>
       <c r="C516" s="15" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="D516" s="25">
         <v>44340</v>
       </c>
       <c r="E516" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="517" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A517" s="5" t="s">
-        <v>845</v>
+        <v>310</v>
       </c>
       <c r="B517" s="9">
-        <v>20</v>
+        <v>7.54</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>846</v>
+        <v>332</v>
       </c>
       <c r="D517" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E517" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="518" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A518" s="5" t="s">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="B518" s="16">
+        <v>845</v>
+      </c>
+      <c r="B518" s="9">
         <v>20</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="D518" s="25">
         <v>44341</v>
       </c>
       <c r="E518" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="519" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A519" s="5" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>4.5999999999999996</v>
+        <v>835</v>
+      </c>
+      <c r="B519" s="16">
+        <v>20</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>631</v>
+        <v>836</v>
       </c>
       <c r="D519" s="25">
-        <v>44328</v>
+        <v>44341</v>
       </c>
       <c r="E519" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A520" s="5" t="s">
-        <v>979</v>
-[...1 lines deleted...]
-      <c r="B520" s="8">
+        <v>630</v>
+      </c>
+      <c r="B520" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="C520" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="D520" s="25">
+        <v>44328</v>
+      </c>
+      <c r="E520" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A521" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="B521" s="8">
         <v>10</v>
       </c>
-      <c r="C520" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D520" s="25">
+      <c r="C521" s="15" t="s">
+        <v>978</v>
+      </c>
+      <c r="D521" s="25">
         <v>45195</v>
       </c>
-      <c r="E520" s="20">
-[...7 lines deleted...]
-      <c r="B521" s="14">
+      <c r="E521" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A522" s="15" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B522" s="14">
         <v>10</v>
       </c>
-      <c r="C521" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D521" s="23">
+      <c r="C522" s="15" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D522" s="23">
         <v>45406</v>
       </c>
-      <c r="E521" s="21">
-[...16 lines deleted...]
-      <c r="E522" s="20">
+      <c r="E522" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A523" s="5" t="s">
         <v>175</v>
       </c>
       <c r="B523" s="9">
-        <v>26.55</v>
+        <v>3.47</v>
       </c>
       <c r="C523" s="15" t="s">
-        <v>381</v>
+        <v>176</v>
       </c>
       <c r="D523" s="25">
-        <v>44340</v>
+        <v>44291</v>
       </c>
       <c r="E523" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A524" s="5" t="s">
         <v>175</v>
       </c>
       <c r="B524" s="9">
-        <v>0.77</v>
+        <v>26.55</v>
       </c>
       <c r="C524" s="15" t="s">
-        <v>399</v>
+        <v>381</v>
       </c>
       <c r="D524" s="25">
         <v>44340</v>
       </c>
       <c r="E524" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="525" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A525" s="5" t="s">
-        <v>981</v>
-[...1 lines deleted...]
-      <c r="B525" s="8">
+        <v>175</v>
+      </c>
+      <c r="B525" s="9">
+        <v>0.77</v>
+      </c>
+      <c r="C525" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="D525" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E525" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A526" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="B526" s="8">
         <v>10</v>
       </c>
-      <c r="C525" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D525" s="25">
+      <c r="C526" s="15" t="s">
+        <v>980</v>
+      </c>
+      <c r="D526" s="25">
         <v>45195</v>
       </c>
-      <c r="E525" s="20">
-[...4 lines deleted...]
-      <c r="A526" s="15" t="s">
+      <c r="E526" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A527" s="15" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B527" s="14">
+        <v>10</v>
+      </c>
+      <c r="C527" s="15" t="s">
         <v>1113</v>
       </c>
-      <c r="B526" s="14">
-[...5 lines deleted...]
-      <c r="D526" s="23">
+      <c r="D527" s="23">
         <v>45406</v>
       </c>
-      <c r="E526" s="21">
-[...16 lines deleted...]
-      <c r="E527" s="20">
+      <c r="E527" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A528" s="5" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>118</v>
+        <v>595</v>
+      </c>
+      <c r="B528" s="8">
+        <v>30</v>
+      </c>
+      <c r="C528" s="15" t="s">
+        <v>596</v>
       </c>
       <c r="D528" s="25">
-        <v>44231</v>
+        <v>45211</v>
       </c>
       <c r="E528" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A529" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B529" s="9">
+        <v>14.28</v>
+      </c>
+      <c r="C529" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D529" s="25">
+        <v>44231</v>
+      </c>
+      <c r="E529" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A530" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="B529" s="9">
+      <c r="B530" s="9">
         <v>20</v>
       </c>
-      <c r="C529" s="15" t="s">
+      <c r="C530" s="15" t="s">
         <v>645</v>
       </c>
-      <c r="D529" s="25">
+      <c r="D530" s="25">
         <v>44335</v>
-      </c>
-[...15 lines deleted...]
-        <v>45272</v>
       </c>
       <c r="E530" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A531" s="15" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B531" s="14">
+        <v>150.06</v>
+      </c>
+      <c r="C531" s="15" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D531" s="23">
+        <v>45272</v>
+      </c>
+      <c r="E531" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A532" s="15" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B532" s="14">
+        <v>27.25</v>
+      </c>
+      <c r="C532" s="15" t="s">
         <v>1246</v>
       </c>
-      <c r="B531" s="14">
-[...5 lines deleted...]
-      <c r="D531" s="23">
+      <c r="D532" s="23">
         <v>45699</v>
       </c>
-      <c r="E531" s="20"/>
-[...16 lines deleted...]
-      </c>
+      <c r="E532" s="20"/>
     </row>
     <row r="533" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A533" s="5" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>8.64</v>
+        <v>302</v>
+      </c>
+      <c r="B533" s="9">
+        <v>18.84</v>
       </c>
       <c r="C533" s="15" t="s">
-        <v>581</v>
+        <v>303</v>
       </c>
       <c r="D533" s="25">
-        <v>45211</v>
+        <v>44341</v>
       </c>
       <c r="E533" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A534" s="5" t="s">
-        <v>1317</v>
+        <v>580</v>
       </c>
       <c r="B534" s="8">
-        <v>10</v>
+        <v>8.64</v>
       </c>
       <c r="C534" s="15" t="s">
-        <v>1318</v>
+        <v>581</v>
       </c>
       <c r="D534" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E534" s="20"/>
+        <v>45211</v>
+      </c>
+      <c r="E534" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A535" s="5" t="s">
-        <v>1201</v>
-[...12 lines deleted...]
-      </c>
+        <v>1316</v>
+      </c>
+      <c r="B535" s="8">
+        <v>10</v>
+      </c>
+      <c r="C535" s="15" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D535" s="25">
+        <v>45887</v>
+      </c>
+      <c r="E535" s="20"/>
     </row>
     <row r="536" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A536" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B536" s="9">
+        <v>15.11</v>
+      </c>
+      <c r="C536" s="5" t="s">
         <v>1201</v>
-      </c>
-[...4 lines deleted...]
-        <v>1203</v>
       </c>
       <c r="D536" s="27">
         <v>45588</v>
       </c>
       <c r="E536" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="537" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A537" s="5" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="B537" s="9">
-        <v>35.700000000000003</v>
+        <v>31.42</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="D537" s="27">
         <v>45588</v>
       </c>
       <c r="E537" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="538" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A538" s="5" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="B538" s="9">
         <v>35.700000000000003</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="D538" s="27">
         <v>45588</v>
       </c>
       <c r="E538" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A539" s="5" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="B539" s="9">
-        <v>15.08</v>
+        <v>35.700000000000003</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="D539" s="27">
         <v>45588</v>
       </c>
       <c r="E539" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A540" s="5" t="s">
-        <v>72</v>
+        <v>1205</v>
       </c>
       <c r="B540" s="9">
-        <v>9.23</v>
+        <v>15.08</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>44231</v>
+        <v>1206</v>
+      </c>
+      <c r="D540" s="27">
+        <v>45588</v>
       </c>
       <c r="E540" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A541" s="5" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-        <v>579</v>
+        <v>72</v>
+      </c>
+      <c r="B541" s="9">
+        <v>9.23</v>
+      </c>
+      <c r="C541" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="D541" s="25">
-        <v>45211</v>
+        <v>44231</v>
       </c>
       <c r="E541" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A542" s="5" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>578</v>
+      </c>
+      <c r="B542" s="8">
+        <v>22.85</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>301</v>
+        <v>579</v>
       </c>
       <c r="D542" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E542" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="543" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A543" s="5" t="s">
-        <v>1176</v>
+        <v>300</v>
       </c>
       <c r="B543" s="9">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>1177</v>
+        <v>301</v>
       </c>
       <c r="D543" s="25">
-        <v>45558</v>
+        <v>44341</v>
       </c>
       <c r="E543" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="544" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A544" s="5" t="s">
-        <v>1236</v>
+        <v>1175</v>
       </c>
       <c r="B544" s="9">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="C544" s="15" t="s">
-        <v>1237</v>
+        <v>1176</v>
       </c>
       <c r="D544" s="25">
-        <v>45680</v>
+        <v>45558</v>
       </c>
       <c r="E544" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="545" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A545" s="5" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="B545" s="9">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="C545" s="15" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="D545" s="25">
-        <v>45699</v>
-[...1 lines deleted...]
-      <c r="E545" s="20"/>
+        <v>45680</v>
+      </c>
+      <c r="E545" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A546" s="5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B546" s="9">
+        <v>250</v>
+      </c>
+      <c r="C546" s="15" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D546" s="25">
+        <v>45699</v>
+      </c>
+      <c r="E546" s="20"/>
+    </row>
+    <row r="547" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A547" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B547" s="9">
+        <v>10</v>
+      </c>
+      <c r="C547" s="15" t="s">
         <v>1270</v>
       </c>
-      <c r="B546" s="9">
-[...5 lines deleted...]
-      <c r="D546" s="25">
+      <c r="D547" s="25">
         <v>45762</v>
       </c>
-      <c r="E546" s="20"/>
-[...5 lines deleted...]
-      <c r="B547" s="14">
+      <c r="E547" s="20"/>
+    </row>
+    <row r="548" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A548" s="15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B548" s="14">
         <v>135.62</v>
       </c>
-      <c r="C547" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D547" s="23">
+      <c r="C548" s="15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D548" s="23">
         <v>45272</v>
-      </c>
-[...15 lines deleted...]
-        <v>44082</v>
       </c>
       <c r="E548" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A549" s="5" t="s">
-        <v>506</v>
+        <v>65</v>
       </c>
       <c r="B549" s="9">
-        <v>43.25</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>5</v>
+      </c>
+      <c r="C549" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="D549" s="25">
-        <v>45028</v>
+        <v>44082</v>
       </c>
       <c r="E549" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A550" s="5" t="s">
-        <v>77</v>
+        <v>506</v>
       </c>
       <c r="B550" s="9">
-        <v>51.24</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>43.25</v>
+      </c>
+      <c r="C550" s="15" t="s">
+        <v>507</v>
       </c>
       <c r="D550" s="25">
-        <v>44231</v>
+        <v>45028</v>
       </c>
       <c r="E550" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A551" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B551" s="9">
+        <v>51.24</v>
+      </c>
+      <c r="C551" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D551" s="25">
+        <v>44231</v>
+      </c>
+      <c r="E551" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="552" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A552" s="5" t="s">
         <v>670</v>
       </c>
-      <c r="B551" s="9">
+      <c r="B552" s="9">
         <v>6.1</v>
       </c>
-      <c r="C551" s="15" t="s">
+      <c r="C552" s="15" t="s">
         <v>671</v>
-      </c>
-[...15 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D552" s="25">
         <v>44335</v>
       </c>
       <c r="E552" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="553" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A553" s="5" t="s">
-        <v>628</v>
+        <v>255</v>
       </c>
       <c r="B553" s="9">
-        <v>5.8</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>629</v>
+        <v>256</v>
       </c>
       <c r="D553" s="25">
-        <v>44328</v>
+        <v>44335</v>
       </c>
       <c r="E553" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="554" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A554" s="5" t="s">
-        <v>1012</v>
+        <v>628</v>
       </c>
       <c r="B554" s="9">
-        <v>75.2</v>
+        <v>5.8</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>160</v>
+        <v>629</v>
       </c>
       <c r="D554" s="25">
-        <v>44235</v>
+        <v>44328</v>
       </c>
       <c r="E554" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="555" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A555" s="5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B555" s="9">
+        <v>75.2</v>
+      </c>
+      <c r="C555" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D555" s="25">
+        <v>44235</v>
+      </c>
+      <c r="E555" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A556" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="B555" s="9">
+      <c r="B556" s="9">
         <v>10</v>
       </c>
-      <c r="C555" s="15" t="s">
+      <c r="C556" s="15" t="s">
         <v>765</v>
       </c>
-      <c r="D555" s="25">
+      <c r="D556" s="25">
         <v>44340</v>
       </c>
-      <c r="E555" s="20">
-[...4 lines deleted...]
-      <c r="A556" s="15" t="s">
+      <c r="E556" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A557" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B557" s="14">
+        <v>10</v>
+      </c>
+      <c r="C557" s="15" t="s">
         <v>1115</v>
       </c>
-      <c r="B556" s="14">
-[...5 lines deleted...]
-      <c r="D556" s="23">
+      <c r="D557" s="23">
         <v>45406</v>
       </c>
-      <c r="E556" s="21">
-[...16 lines deleted...]
-      <c r="E557" s="20">
+      <c r="E557" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A558" s="5" t="s">
-        <v>1082</v>
+        <v>377</v>
       </c>
       <c r="B558" s="9">
-        <v>118</v>
+        <v>2.8</v>
       </c>
       <c r="C558" s="15" t="s">
-        <v>1079</v>
+        <v>378</v>
       </c>
       <c r="D558" s="25">
-        <v>44757</v>
+        <v>44386</v>
       </c>
       <c r="E558" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A559" s="5" t="s">
-        <v>343</v>
+        <v>1080</v>
       </c>
       <c r="B559" s="9">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>344</v>
+        <v>1077</v>
       </c>
       <c r="D559" s="25">
-        <v>44337</v>
+        <v>44757</v>
       </c>
       <c r="E559" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A560" s="5" t="s">
-        <v>86</v>
+        <v>343</v>
       </c>
       <c r="B560" s="9">
-        <v>16.7</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>149</v>
+      </c>
+      <c r="C560" s="15" t="s">
+        <v>344</v>
       </c>
       <c r="D560" s="25">
-        <v>44232</v>
+        <v>44337</v>
       </c>
       <c r="E560" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A561" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B561" s="9">
-        <v>6.17</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>16.7</v>
+      </c>
+      <c r="C561" s="5" t="s">
+        <v>143</v>
       </c>
       <c r="D561" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E561" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A562" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B562" s="9">
-        <v>4.2699999999999996</v>
+        <v>6.17</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="D562" s="25">
         <v>44340</v>
       </c>
       <c r="E562" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="563" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A563" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B563" s="9">
-        <v>31.45</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>4.2699999999999996</v>
+      </c>
+      <c r="C563" s="15" t="s">
+        <v>401</v>
       </c>
       <c r="D563" s="25">
-        <v>44232</v>
+        <v>44340</v>
       </c>
       <c r="E563" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="564" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A564" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B564" s="9">
-        <v>13.7</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>31.45</v>
+      </c>
+      <c r="C564" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="D564" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E564" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="565" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A565" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B565" s="9">
-        <v>9.4600000000000009</v>
+        <v>13.7</v>
       </c>
       <c r="C565" s="15" t="s">
         <v>401</v>
       </c>
       <c r="D565" s="25">
         <v>44340</v>
       </c>
       <c r="E565" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A566" s="5" t="s">
-        <v>634</v>
+        <v>87</v>
       </c>
       <c r="B566" s="9">
-        <v>10</v>
+        <v>9.4600000000000009</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>635</v>
+        <v>401</v>
       </c>
       <c r="D566" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E566" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A567" s="5" t="s">
-        <v>824</v>
+        <v>634</v>
       </c>
       <c r="B567" s="9">
-        <v>3.2</v>
+        <v>10</v>
       </c>
       <c r="C567" s="15" t="s">
-        <v>825</v>
+        <v>635</v>
       </c>
       <c r="D567" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E567" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="568" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A568" s="5" t="s">
         <v>824</v>
       </c>
       <c r="B568" s="9">
         <v>3.2</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="D568" s="25">
         <v>44340</v>
       </c>
       <c r="E568" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A569" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="B569" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="C569" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="D569" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E569" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="570" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A570" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B570" s="9">
+        <v>200.21</v>
+      </c>
+      <c r="C570" s="15" t="s">
         <v>1139</v>
       </c>
-      <c r="B569" s="9">
-[...5 lines deleted...]
-      <c r="D569" s="25">
+      <c r="D570" s="25">
         <v>45527</v>
       </c>
-      <c r="E569" s="20"/>
-[...2 lines deleted...]
-      <c r="A570" s="5" t="s">
+      <c r="E570" s="20"/>
+    </row>
+    <row r="571" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A571" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B571" s="9">
+        <v>34.46</v>
+      </c>
+      <c r="C571" s="15" t="s">
         <v>1197</v>
       </c>
-      <c r="B570" s="9">
-[...5 lines deleted...]
-      <c r="D570" s="25">
+      <c r="D571" s="25">
         <v>45588</v>
       </c>
-      <c r="E570" s="20">
-[...4 lines deleted...]
-      <c r="A571" s="5" t="s">
+      <c r="E571" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A572" s="5" t="s">
         <v>710</v>
       </c>
-      <c r="B571" s="9">
+      <c r="B572" s="9">
         <v>20</v>
       </c>
-      <c r="C571" s="15" t="s">
+      <c r="C572" s="15" t="s">
         <v>711</v>
       </c>
-      <c r="D571" s="25">
+      <c r="D572" s="25">
         <v>44336</v>
       </c>
-      <c r="E571" s="20">
-[...4 lines deleted...]
-      <c r="A572" s="15" t="s">
+      <c r="E572" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="573" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A573" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="B572" s="16">
+      <c r="B573" s="16">
         <v>3.08</v>
       </c>
-      <c r="C572" s="15" t="s">
+      <c r="C573" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D572" s="25">
+      <c r="D573" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44329</v>
       </c>
       <c r="E573" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="574" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A574" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B574" s="9">
-        <v>3.05</v>
+        <v>6.1</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D574" s="25">
         <v>44329</v>
       </c>
       <c r="E574" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="575" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A575" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B575" s="9">
-        <v>6.1</v>
+        <v>3.05</v>
       </c>
       <c r="C575" s="15" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D575" s="25">
         <v>44329</v>
       </c>
       <c r="E575" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="576" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A576" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B576" s="9">
-        <v>3.05</v>
+        <v>6.1</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D576" s="25">
         <v>44329</v>
       </c>
       <c r="E576" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="577" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A577" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B577" s="9">
         <v>3.05</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="D577" s="25">
         <v>44329</v>
       </c>
       <c r="E577" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="578" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A578" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B578" s="9">
-        <v>6.1</v>
+        <v>3.05</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D578" s="25">
         <v>44329</v>
       </c>
       <c r="E578" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A579" s="5" t="s">
-        <v>360</v>
+        <v>216</v>
       </c>
       <c r="B579" s="9">
-        <v>5.98</v>
+        <v>6.1</v>
       </c>
       <c r="C579" s="15" t="s">
-        <v>361</v>
+        <v>237</v>
       </c>
       <c r="D579" s="25">
-        <v>44337</v>
+        <v>44329</v>
       </c>
       <c r="E579" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="580" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A580" s="5" t="s">
-        <v>6</v>
+        <v>360</v>
       </c>
       <c r="B580" s="9">
-        <v>0.43</v>
+        <v>5.98</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>487</v>
+        <v>361</v>
       </c>
       <c r="D580" s="25">
-        <v>44795</v>
+        <v>44337</v>
       </c>
       <c r="E580" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="581" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A581" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B581" s="9">
-        <v>0.19</v>
+        <v>0.43</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>513</v>
+        <v>487</v>
       </c>
       <c r="D581" s="25">
-        <v>45012</v>
+        <v>44795</v>
       </c>
       <c r="E581" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A582" s="5" t="s">
-        <v>1234</v>
+        <v>6</v>
       </c>
       <c r="B582" s="9">
-        <v>400</v>
+        <v>0.19</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>1235</v>
+        <v>513</v>
       </c>
       <c r="D582" s="25">
-        <v>45680</v>
+        <v>45012</v>
       </c>
       <c r="E582" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A583" s="5" t="s">
-        <v>312</v>
+        <v>1233</v>
       </c>
       <c r="B583" s="9">
-        <v>8.0500000000000007</v>
+        <v>400</v>
       </c>
       <c r="C583" s="15" t="s">
-        <v>313</v>
+        <v>1234</v>
       </c>
       <c r="D583" s="25">
-        <v>44340</v>
+        <v>45680</v>
       </c>
       <c r="E583" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="584" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A584" s="5" t="s">
-        <v>897</v>
+        <v>312</v>
       </c>
       <c r="B584" s="9">
-        <v>5.8</v>
+        <v>8.0500000000000007</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>898</v>
+        <v>313</v>
       </c>
       <c r="D584" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E584" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="585" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A585" s="5" t="s">
-        <v>863</v>
+        <v>897</v>
       </c>
       <c r="B585" s="9">
-        <v>10</v>
+        <v>5.8</v>
       </c>
       <c r="C585" s="15" t="s">
-        <v>864</v>
+        <v>898</v>
       </c>
       <c r="D585" s="25">
         <v>44341</v>
       </c>
       <c r="E585" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="586" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A586" s="5" t="s">
-        <v>668</v>
+        <v>863</v>
       </c>
       <c r="B586" s="9">
-        <v>9.4</v>
+        <v>10</v>
       </c>
       <c r="C586" s="15" t="s">
-        <v>669</v>
+        <v>864</v>
       </c>
       <c r="D586" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E586" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A587" s="5" t="s">
-        <v>314</v>
+        <v>668</v>
       </c>
       <c r="B587" s="9">
-        <v>6.8</v>
+        <v>9.4</v>
       </c>
       <c r="C587" s="15" t="s">
-        <v>315</v>
+        <v>669</v>
       </c>
       <c r="D587" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E587" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="588" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A588" s="5" t="s">
         <v>314</v>
       </c>
       <c r="B588" s="9">
-        <v>51.24</v>
+        <v>6.8</v>
       </c>
       <c r="C588" s="15" t="s">
-        <v>384</v>
+        <v>315</v>
       </c>
       <c r="D588" s="25">
         <v>44340</v>
       </c>
       <c r="E588" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="589" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A589" s="5" t="s">
-        <v>855</v>
+        <v>314</v>
       </c>
       <c r="B589" s="9">
-        <v>10</v>
+        <v>51.24</v>
       </c>
       <c r="C589" s="15" t="s">
-        <v>856</v>
+        <v>384</v>
       </c>
       <c r="D589" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E589" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="590" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A590" s="5" t="s">
-        <v>658</v>
+        <v>855</v>
       </c>
       <c r="B590" s="9">
         <v>10</v>
       </c>
       <c r="C590" s="15" t="s">
-        <v>659</v>
+        <v>856</v>
       </c>
       <c r="D590" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E590" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="591" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A591" s="5" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>2.0499999999999998</v>
+        <v>658</v>
+      </c>
+      <c r="B591" s="9">
+        <v>10</v>
       </c>
       <c r="C591" s="15" t="s">
-        <v>549</v>
+        <v>659</v>
       </c>
       <c r="D591" s="25">
-        <v>45211</v>
+        <v>44335</v>
       </c>
       <c r="E591" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="592" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A592" s="5" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>548</v>
+      </c>
+      <c r="B592" s="8">
+        <v>2.0499999999999998</v>
       </c>
       <c r="C592" s="15" t="s">
-        <v>719</v>
+        <v>549</v>
       </c>
       <c r="D592" s="25">
-        <v>44336</v>
+        <v>45211</v>
       </c>
       <c r="E592" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="593" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A593" s="5" t="s">
         <v>718</v>
       </c>
       <c r="B593" s="9">
-        <v>8.1999999999999993</v>
+        <v>9</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="D593" s="25">
         <v>44336</v>
       </c>
       <c r="E593" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="594" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A594" s="5" t="s">
-        <v>837</v>
+        <v>718</v>
       </c>
       <c r="B594" s="9">
-        <v>10</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>838</v>
+        <v>726</v>
       </c>
       <c r="D594" s="25">
-        <v>44341</v>
+        <v>44336</v>
       </c>
       <c r="E594" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="595" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A595" s="5" t="s">
-        <v>632</v>
+        <v>837</v>
       </c>
       <c r="B595" s="9">
         <v>10</v>
       </c>
       <c r="C595" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D595" s="25">
+        <v>44341</v>
+      </c>
+      <c r="E595" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="596" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A596" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="B596" s="9">
+        <v>10</v>
+      </c>
+      <c r="C596" s="15" t="s">
         <v>633</v>
       </c>
-      <c r="D595" s="25">
+      <c r="D596" s="25">
         <v>44335</v>
       </c>
-      <c r="E595" s="20">
-[...4 lines deleted...]
-      <c r="A596" s="15" t="s">
+      <c r="E596" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A597" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="B596" s="16">
+      <c r="B597" s="16">
         <v>5</v>
       </c>
-      <c r="C596" s="15" t="s">
+      <c r="C597" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D596" s="25">
+      <c r="D597" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44175</v>
       </c>
       <c r="E597" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="598" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A598" s="5" t="s">
-        <v>499</v>
+        <v>48</v>
       </c>
       <c r="B598" s="9">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>3.95</v>
+      </c>
+      <c r="C598" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="D598" s="25">
-        <v>45028</v>
+        <v>44175</v>
       </c>
       <c r="E598" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="599" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A599" s="5" t="s">
-        <v>680</v>
+        <v>499</v>
       </c>
       <c r="B599" s="9">
-        <v>3.6</v>
+        <v>100</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>681</v>
+        <v>501</v>
       </c>
       <c r="D599" s="25">
-        <v>44335</v>
+        <v>45028</v>
       </c>
       <c r="E599" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="600" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A600" s="5" t="s">
         <v>680</v>
       </c>
       <c r="B600" s="9">
-        <v>3.3</v>
+        <v>3.6</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>687</v>
+        <v>681</v>
       </c>
       <c r="D600" s="25">
         <v>44335</v>
       </c>
       <c r="E600" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="601" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A601" s="5" t="s">
-        <v>492</v>
+        <v>680</v>
       </c>
       <c r="B601" s="9">
-        <v>94</v>
+        <v>3.3</v>
       </c>
       <c r="C601" s="15" t="s">
-        <v>493</v>
+        <v>687</v>
       </c>
       <c r="D601" s="25">
-        <v>44971</v>
+        <v>44335</v>
       </c>
       <c r="E601" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="602" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A602" s="5" t="s">
-        <v>63</v>
+        <v>492</v>
       </c>
       <c r="B602" s="9">
-        <v>4.25</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>94</v>
+      </c>
+      <c r="C602" s="15" t="s">
+        <v>493</v>
       </c>
       <c r="D602" s="25">
-        <v>44082</v>
+        <v>44971</v>
       </c>
       <c r="E602" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="603" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A603" s="5" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="B603" s="9">
-        <v>27.55</v>
+        <v>4.25</v>
       </c>
       <c r="C603" s="5" t="s">
-        <v>145</v>
+        <v>64</v>
       </c>
       <c r="D603" s="25">
-        <v>44232</v>
+        <v>44082</v>
       </c>
       <c r="E603" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="604" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A604" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B604" s="9">
-        <v>6.95</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>27.55</v>
+      </c>
+      <c r="C604" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="D604" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E604" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="605" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A605" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B605" s="9">
-        <v>4.84</v>
+        <v>6.95</v>
       </c>
       <c r="C605" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D605" s="25">
         <v>44340</v>
       </c>
       <c r="E605" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="606" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A606" s="5" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>19.12</v>
+        <v>88</v>
+      </c>
+      <c r="B606" s="9">
+        <v>4.84</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>535</v>
+        <v>402</v>
       </c>
       <c r="D606" s="25">
-        <v>45210</v>
+        <v>44340</v>
       </c>
       <c r="E606" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="607" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A607" s="5" t="s">
-        <v>1186</v>
+        <v>534</v>
       </c>
       <c r="B607" s="8">
-        <v>7.4</v>
+        <v>19.12</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>1187</v>
+        <v>535</v>
       </c>
       <c r="D607" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E607" s="20"/>
+        <v>45210</v>
+      </c>
+      <c r="E607" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="608" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A608" s="5" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>6.4</v>
+        <v>1185</v>
+      </c>
+      <c r="B608" s="8">
+        <v>7.4</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>896</v>
+        <v>1186</v>
       </c>
       <c r="D608" s="25">
-        <v>44341</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E608" s="20"/>
     </row>
     <row r="609" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A609" s="5" t="s">
-        <v>89</v>
+        <v>895</v>
       </c>
       <c r="B609" s="9">
-        <v>2.76</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>6.4</v>
+      </c>
+      <c r="C609" s="15" t="s">
+        <v>896</v>
       </c>
       <c r="D609" s="25">
-        <v>44232</v>
+        <v>44341</v>
       </c>
       <c r="E609" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="610" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A610" s="5" t="s">
-        <v>762</v>
+        <v>89</v>
       </c>
       <c r="B610" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>2.76</v>
+      </c>
+      <c r="C610" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="D610" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E610" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="611" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A611" s="5" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>27.75</v>
+        <v>762</v>
+      </c>
+      <c r="B611" s="9">
+        <v>10</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>575</v>
+        <v>763</v>
       </c>
       <c r="D611" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E611" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="612" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A612" s="5" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="B612" s="8">
+        <v>27.75</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>439</v>
+        <v>575</v>
       </c>
       <c r="D612" s="25">
-        <v>44417</v>
+        <v>45211</v>
       </c>
       <c r="E612" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="613" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A613" s="5" t="s">
-        <v>90</v>
+        <v>434</v>
       </c>
       <c r="B613" s="9">
-        <v>1.81</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>17</v>
+      </c>
+      <c r="C613" s="15" t="s">
+        <v>439</v>
       </c>
       <c r="D613" s="25">
-        <v>44232</v>
+        <v>44417</v>
       </c>
       <c r="E613" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="614" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A614" s="5" t="s">
-        <v>869</v>
+        <v>90</v>
       </c>
       <c r="B614" s="9">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>1.81</v>
+      </c>
+      <c r="C614" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="D614" s="25">
-        <v>44341</v>
+        <v>44232</v>
       </c>
       <c r="E614" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="615" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A615" s="5" t="s">
-        <v>1289</v>
+        <v>869</v>
       </c>
       <c r="B615" s="9">
-        <v>6.35</v>
+        <v>20</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>1290</v>
+        <v>870</v>
       </c>
       <c r="D615" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E615" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E615" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="616" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A616" s="5" t="s">
-        <v>367</v>
+        <v>1288</v>
       </c>
       <c r="B616" s="9">
-        <v>50</v>
+        <v>6.35</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>368</v>
+        <v>1289</v>
       </c>
       <c r="D616" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E616" s="20"/>
     </row>
     <row r="617" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A617" s="5" t="s">
-        <v>204</v>
+        <v>367</v>
       </c>
       <c r="B617" s="9">
-        <v>3.94</v>
+        <v>50</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>205</v>
+        <v>368</v>
       </c>
       <c r="D617" s="25">
-        <v>44329</v>
+        <v>44340</v>
       </c>
       <c r="E617" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="618" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A618" s="5" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="B618" s="8">
+        <v>204</v>
+      </c>
+      <c r="B618" s="9">
+        <v>3.94</v>
+      </c>
+      <c r="C618" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D618" s="25">
+        <v>44329</v>
+      </c>
+      <c r="E618" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="619" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A619" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="B619" s="8">
         <v>10</v>
       </c>
-      <c r="C618" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D618" s="25">
+      <c r="C619" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="D619" s="25">
         <v>45195</v>
       </c>
-      <c r="E618" s="20">
-[...7 lines deleted...]
-      <c r="B619" s="14">
+      <c r="E619" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="620" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A620" s="15" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B620" s="14">
         <v>10</v>
       </c>
-      <c r="C619" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D619" s="23">
+      <c r="C620" s="15" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D620" s="23">
         <v>45335</v>
       </c>
-      <c r="E619" s="20">
-[...7 lines deleted...]
-      <c r="B620" s="8">
+      <c r="E620" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="621" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A621" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="B621" s="8">
         <v>10</v>
       </c>
-      <c r="C620" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D620" s="25">
+      <c r="C621" s="15" t="s">
+        <v>968</v>
+      </c>
+      <c r="D621" s="25">
         <v>45195</v>
-      </c>
-[...15 lines deleted...]
-        <v>45211</v>
       </c>
       <c r="E621" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="622" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A622" s="5" t="s">
-        <v>1131</v>
+        <v>593</v>
       </c>
       <c r="B622" s="8">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>1132</v>
+        <v>594</v>
       </c>
       <c r="D622" s="25">
-        <v>45525</v>
+        <v>45211</v>
       </c>
       <c r="E622" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="623" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A623" s="5" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>53.25</v>
+        <v>1130</v>
+      </c>
+      <c r="B623" s="8">
+        <v>10</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>457</v>
+        <v>1131</v>
       </c>
       <c r="D623" s="25">
-        <v>44609</v>
+        <v>45525</v>
       </c>
       <c r="E623" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="624" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A624" s="5" t="s">
         <v>456</v>
       </c>
       <c r="B624" s="9">
+        <v>53.25</v>
+      </c>
+      <c r="C624" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D624" s="25">
+        <v>44609</v>
+      </c>
+      <c r="E624" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="625" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A625" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B625" s="9">
         <v>150.25</v>
       </c>
-      <c r="C624" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D624" s="25">
+      <c r="C625" s="15" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D625" s="25">
         <v>45699</v>
       </c>
-      <c r="E624" s="20"/>
-[...2 lines deleted...]
-      <c r="A625" s="15" t="s">
+      <c r="E625" s="20"/>
+    </row>
+    <row r="626" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A626" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="B625" s="16">
+      <c r="B626" s="16">
         <v>8.67</v>
       </c>
-      <c r="C625" s="15" t="s">
+      <c r="C626" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="D625" s="25">
+      <c r="D626" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44340</v>
       </c>
       <c r="E626" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="627" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A627" s="5" t="s">
-        <v>754</v>
+        <v>316</v>
       </c>
       <c r="B627" s="9">
-        <v>10</v>
+        <v>0.37</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>755</v>
+        <v>317</v>
       </c>
       <c r="D627" s="25">
         <v>44340</v>
       </c>
       <c r="E627" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="628" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A628" s="5" t="s">
-        <v>1281</v>
+        <v>754</v>
       </c>
       <c r="B628" s="9">
         <v>10</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>1282</v>
+        <v>755</v>
       </c>
       <c r="D628" s="25">
-        <v>45831</v>
-[...1 lines deleted...]
-      <c r="E628" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E628" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="629" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A629" s="5" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1280</v>
+      </c>
+      <c r="B629" s="9">
+        <v>10</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>986</v>
+        <v>1281</v>
       </c>
       <c r="D629" s="25">
-        <v>45195</v>
-[...3 lines deleted...]
-      </c>
+        <v>45831</v>
+      </c>
+      <c r="E629" s="20"/>
     </row>
     <row r="630" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A630" s="5" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>7.4</v>
+        <v>983</v>
+      </c>
+      <c r="B630" s="8">
+        <v>20</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>679</v>
+        <v>984</v>
       </c>
       <c r="D630" s="25">
-        <v>44335</v>
+        <v>45195</v>
       </c>
       <c r="E630" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="631" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A631" s="5" t="s">
-        <v>365</v>
+        <v>678</v>
       </c>
       <c r="B631" s="9">
-        <v>25</v>
+        <v>7.4</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>366</v>
+        <v>679</v>
       </c>
       <c r="D631" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E631" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="632" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A632" s="5" t="s">
-        <v>656</v>
+        <v>365</v>
       </c>
       <c r="B632" s="9">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>657</v>
+        <v>366</v>
       </c>
       <c r="D632" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E632" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="633" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A633" s="5" t="s">
-        <v>1014</v>
+        <v>656</v>
       </c>
       <c r="B633" s="9">
-        <v>13.44</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>10</v>
+      </c>
+      <c r="C633" s="15" t="s">
+        <v>657</v>
       </c>
       <c r="D633" s="25">
-        <v>44231</v>
+        <v>44335</v>
       </c>
       <c r="E633" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="634" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A634" s="5" t="s">
-        <v>91</v>
+        <v>1012</v>
       </c>
       <c r="B634" s="9">
-        <v>2.3199999999999998</v>
+        <v>13.44</v>
       </c>
       <c r="C634" s="5" t="s">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="D634" s="25">
-        <v>44232</v>
-[...1 lines deleted...]
-      <c r="E634">
+        <v>44231</v>
+      </c>
+      <c r="E634" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="635" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A635" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B635" s="9">
-        <v>10.8</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>2.3199999999999998</v>
+      </c>
+      <c r="C635" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="D635" s="25">
-        <v>44340</v>
-[...1 lines deleted...]
-      <c r="E635" s="20">
+        <v>44232</v>
+      </c>
+      <c r="E635">
         <v>10000</v>
       </c>
     </row>
     <row r="636" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A636" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B636" s="9">
-        <v>12.39</v>
+        <v>10.8</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>403</v>
+        <v>318</v>
       </c>
       <c r="D636" s="25">
         <v>44340</v>
       </c>
       <c r="E636" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="637" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A637" s="15" t="s">
+      <c r="A637" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B637" s="9">
+        <v>12.39</v>
+      </c>
+      <c r="C637" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="D637" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E637" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A638" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B637" s="16">
+      <c r="B638" s="16">
         <v>7.65</v>
       </c>
-      <c r="C637" s="15" t="s">
+      <c r="C638" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D637" s="25">
+      <c r="D638" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44329</v>
       </c>
       <c r="E638" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="639" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A639" s="5" t="s">
-        <v>92</v>
+        <v>206</v>
       </c>
       <c r="B639" s="9">
-        <v>15.76</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>110</v>
+      </c>
+      <c r="C639" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="D639" s="25">
-        <v>44232</v>
+        <v>44329</v>
       </c>
       <c r="E639" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="640" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A640" s="5" t="s">
-        <v>257</v>
+        <v>92</v>
       </c>
       <c r="B640" s="9">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>15.76</v>
+      </c>
+      <c r="C640" s="5" t="s">
+        <v>149</v>
       </c>
       <c r="D640" s="25">
-        <v>44335</v>
+        <v>44232</v>
       </c>
       <c r="E640" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="641" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A641" s="5" t="s">
         <v>257</v>
       </c>
       <c r="B641" s="9">
         <v>5</v>
       </c>
       <c r="C641" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D641" s="25">
         <v>44335</v>
       </c>
       <c r="E641" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="642" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A642" s="5" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>257</v>
+      </c>
+      <c r="B642" s="9">
+        <v>5</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>602</v>
+        <v>258</v>
       </c>
       <c r="D642" s="25">
-        <v>45211</v>
+        <v>44335</v>
       </c>
       <c r="E642" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="643" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A643" s="5" t="s">
-        <v>523</v>
+        <v>601</v>
       </c>
       <c r="B643" s="8">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>524</v>
+        <v>602</v>
       </c>
       <c r="D643" s="25">
-        <v>45205</v>
+        <v>45211</v>
       </c>
       <c r="E643" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="644" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A644" s="5" t="s">
-        <v>1133</v>
+        <v>523</v>
       </c>
       <c r="B644" s="8">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>1134</v>
+        <v>524</v>
       </c>
       <c r="D644" s="25">
-        <v>45525</v>
+        <v>45205</v>
       </c>
       <c r="E644" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="645" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A645" s="5" t="s">
-        <v>640</v>
-[...1 lines deleted...]
-      <c r="B645" s="9">
+        <v>1132</v>
+      </c>
+      <c r="B645" s="8">
         <v>10</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>641</v>
+        <v>1133</v>
       </c>
       <c r="D645" s="25">
-        <v>44335</v>
+        <v>45525</v>
       </c>
       <c r="E645" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="646" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A646" s="5" t="s">
-        <v>811</v>
+        <v>640</v>
       </c>
       <c r="B646" s="9">
-        <v>11.2</v>
+        <v>10</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>812</v>
+        <v>641</v>
       </c>
       <c r="D646" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E646" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="647" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A647" s="5" t="s">
         <v>811</v>
       </c>
       <c r="B647" s="9">
-        <v>9.8000000000000007</v>
+        <v>11.2</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>1135</v>
+        <v>812</v>
       </c>
       <c r="D647" s="25">
-        <v>45525</v>
+        <v>44340</v>
       </c>
       <c r="E647" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="648" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A648" s="5" t="s">
-        <v>700</v>
+        <v>811</v>
       </c>
       <c r="B648" s="9">
-        <v>10</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>701</v>
+        <v>1134</v>
       </c>
       <c r="D648" s="25">
-        <v>44336</v>
+        <v>45525</v>
       </c>
       <c r="E648" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="649" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A649" s="5" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>700</v>
+      </c>
+      <c r="B649" s="9">
+        <v>10</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="D649" s="25">
-        <v>45211</v>
+        <v>44336</v>
       </c>
       <c r="E649" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="650" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A650" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>3.39</v>
+        <v>603</v>
+      </c>
+      <c r="B650" s="8">
+        <v>8</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>232</v>
+        <v>604</v>
       </c>
       <c r="D650" s="25">
-        <v>44329</v>
+        <v>45211</v>
       </c>
       <c r="E650" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="651" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A651" s="5" t="s">
         <v>231</v>
       </c>
       <c r="B651" s="9">
         <v>3.39</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D651" s="25">
         <v>44329</v>
       </c>
       <c r="E651" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="652" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A652" s="5" t="s">
-        <v>865</v>
+        <v>231</v>
       </c>
       <c r="B652" s="9">
-        <v>10</v>
+        <v>3.39</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>866</v>
+        <v>236</v>
       </c>
       <c r="D652" s="25">
-        <v>44341</v>
+        <v>44329</v>
       </c>
       <c r="E652" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="653" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A653" s="5" t="s">
-        <v>287</v>
+        <v>865</v>
       </c>
       <c r="B653" s="9">
-        <v>245.51</v>
+        <v>10</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>288</v>
+        <v>866</v>
       </c>
       <c r="D653" s="25">
-        <v>44340</v>
+        <v>44341</v>
       </c>
       <c r="E653" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="654" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A654" s="5" t="s">
-        <v>214</v>
+        <v>287</v>
       </c>
       <c r="B654" s="9">
-        <v>11.87</v>
+        <v>245.51</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>215</v>
+        <v>288</v>
       </c>
       <c r="D654" s="25">
-        <v>44329</v>
+        <v>44340</v>
       </c>
       <c r="E654" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="655" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A655" s="5" t="s">
         <v>214</v>
       </c>
       <c r="B655" s="9">
-        <v>12.43</v>
+        <v>11.87</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="D655" s="25">
         <v>44329</v>
       </c>
       <c r="E655" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="656" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A656" s="5" t="s">
-        <v>409</v>
+        <v>214</v>
       </c>
       <c r="B656" s="9">
-        <v>250</v>
+        <v>12.43</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>410</v>
+        <v>233</v>
       </c>
       <c r="D656" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E656" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="657" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A657" s="5" t="s">
-        <v>1265</v>
+        <v>409</v>
       </c>
       <c r="B657" s="9">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>1266</v>
+        <v>410</v>
       </c>
       <c r="D657" s="25">
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="E657" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E657" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="658" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A658" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B658" s="9">
+        <v>100</v>
+      </c>
+      <c r="C658" s="15" t="s">
         <v>1265</v>
-      </c>
-[...4 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="D658" s="25">
         <v>45756</v>
       </c>
       <c r="E658" s="20"/>
     </row>
     <row r="659" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A659" s="5" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="B659" s="9">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="D659" s="25">
         <v>45756</v>
       </c>
       <c r="E659" s="20"/>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A660" s="5" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B660" s="9">
+        <v>35</v>
+      </c>
+      <c r="C660" s="15" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D660" s="25">
+        <v>45756</v>
+      </c>
+      <c r="E660" s="20"/>
+    </row>
+    <row r="661" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A661" s="5" t="s">
         <v>676</v>
       </c>
-      <c r="B660" s="9">
+      <c r="B661" s="9">
         <v>13</v>
       </c>
-      <c r="C660" s="15" t="s">
+      <c r="C661" s="15" t="s">
         <v>677</v>
       </c>
-      <c r="D660" s="25">
+      <c r="D661" s="25">
         <v>44335</v>
       </c>
-      <c r="E660" s="20">
-[...16 lines deleted...]
-      <c r="E661" s="21">
+      <c r="E661" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="662" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A662" s="15" t="s">
-        <v>1216</v>
+        <v>1104</v>
       </c>
       <c r="B662" s="14">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>1217</v>
+        <v>1105</v>
       </c>
       <c r="D662" s="23">
-        <v>45588</v>
+        <v>45406</v>
       </c>
       <c r="E662" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="663" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A663" s="15" t="s">
-        <v>1263</v>
+        <v>1215</v>
       </c>
       <c r="B663" s="14">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>1264</v>
+        <v>1216</v>
       </c>
       <c r="D663" s="23">
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="E663" s="21"/>
+        <v>45588</v>
+      </c>
+      <c r="E663" s="21">
+        <v>10000</v>
+      </c>
     </row>
     <row r="664" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A664" s="15" t="s">
-        <v>1242</v>
+        <v>1262</v>
       </c>
       <c r="B664" s="14">
-        <v>37.75</v>
+        <v>50</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>1243</v>
+        <v>1263</v>
       </c>
       <c r="D664" s="23">
-        <v>45699</v>
+        <v>45756</v>
       </c>
       <c r="E664" s="21"/>
     </row>
     <row r="665" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A665" s="15" t="s">
-        <v>1034</v>
+        <v>1241</v>
       </c>
       <c r="B665" s="14">
+        <v>37.75</v>
+      </c>
+      <c r="C665" s="15" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D665" s="23">
+        <v>45699</v>
+      </c>
+      <c r="E665" s="21"/>
+    </row>
+    <row r="666" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A666" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B666" s="14">
         <v>8</v>
       </c>
-      <c r="C665" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D665" s="23">
+      <c r="C666" s="15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D666" s="23">
         <v>45272</v>
-      </c>
-[...15 lines deleted...]
-        <v>44340</v>
       </c>
       <c r="E666" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="667" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A667" s="5" t="s">
         <v>319</v>
       </c>
       <c r="B667" s="9">
+        <v>2.46</v>
+      </c>
+      <c r="C667" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D667" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E667" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="668" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A668" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="B668" s="9">
         <v>571.22</v>
       </c>
-      <c r="C667" s="15" t="s">
+      <c r="C668" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="D667" s="25">
+      <c r="D668" s="25">
         <v>45097</v>
       </c>
-      <c r="E667" s="20">
-[...7 lines deleted...]
-      <c r="B668" s="14">
+      <c r="E668" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="669" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A669" s="15" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B669" s="14">
         <v>45</v>
       </c>
-      <c r="C668" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D668" s="23">
+      <c r="C669" s="15" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D669" s="23">
         <v>45272</v>
       </c>
-      <c r="E668" s="21">
-[...7 lines deleted...]
-      <c r="B669" s="9">
+      <c r="E669" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="670" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A670" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B670" s="9">
         <v>200</v>
       </c>
-      <c r="C669" s="15" t="s">
+      <c r="C670" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="D669" s="25">
+      <c r="D670" s="25">
         <v>45028</v>
       </c>
-      <c r="E669" s="20">
-[...4 lines deleted...]
-      <c r="A670" s="5" t="s">
+      <c r="E670" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="671" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A671" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="B670" s="9">
+      <c r="B671" s="9">
         <v>201</v>
       </c>
-      <c r="C670" s="15" t="s">
+      <c r="C671" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="D670" s="25">
+      <c r="D671" s="25">
         <v>44341</v>
-      </c>
-[...15 lines deleted...]
-        <v>44273</v>
       </c>
       <c r="E671" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="672" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A672" s="5" t="s">
-        <v>374</v>
+        <v>432</v>
       </c>
       <c r="B672" s="9">
-        <v>1</v>
+        <v>206.7</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>376</v>
+        <v>433</v>
       </c>
       <c r="D672" s="25">
-        <v>44386</v>
+        <v>44273</v>
       </c>
       <c r="E672" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="673" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A673" s="5" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>3.4</v>
+        <v>374</v>
+      </c>
+      <c r="B673" s="9">
+        <v>1</v>
       </c>
       <c r="C673" s="15" t="s">
-        <v>1008</v>
+        <v>376</v>
       </c>
       <c r="D673" s="25">
-        <v>45210</v>
+        <v>44386</v>
       </c>
       <c r="E673" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="674" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A674" s="5" t="s">
         <v>587</v>
       </c>
       <c r="B674" s="8">
         <v>3.4</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>588</v>
+        <v>1006</v>
       </c>
       <c r="D674" s="25">
-        <v>45211</v>
+        <v>45210</v>
       </c>
       <c r="E674" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="675" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A675" s="5" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-        <v>4.4000000000000004</v>
+        <v>587</v>
+      </c>
+      <c r="B675" s="8">
+        <v>3.4</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>888</v>
+        <v>588</v>
       </c>
       <c r="D675" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E675" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="676" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A676" s="5" t="s">
-        <v>262</v>
+        <v>887</v>
       </c>
       <c r="B676" s="9">
-        <v>22.23</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>261</v>
+        <v>888</v>
       </c>
       <c r="D676" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E676" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="677" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A677" s="5" t="s">
         <v>262</v>
       </c>
       <c r="B677" s="9">
-        <v>100.49</v>
+        <v>22.23</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="D677" s="25">
         <v>44335</v>
       </c>
       <c r="E677" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="678" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A678" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="B678" s="9">
+        <v>100.49</v>
+      </c>
+      <c r="C678" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D678" s="25">
+        <v>44335</v>
+      </c>
+      <c r="E678" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="679" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A679" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="B678" s="8">
+      <c r="B679" s="8">
         <v>500</v>
       </c>
-      <c r="C678" s="15" t="s">
+      <c r="C679" s="15" t="s">
         <v>526</v>
       </c>
-      <c r="D678" s="25">
+      <c r="D679" s="25">
         <v>45205</v>
       </c>
-      <c r="E678" s="20">
-[...4 lines deleted...]
-      <c r="A679" s="15" t="s">
+      <c r="E679" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="680" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A680" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="B679" s="16">
+      <c r="B680" s="16">
         <v>1</v>
       </c>
-      <c r="C679" s="15" t="s">
+      <c r="C680" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="D679" s="25">
+      <c r="D680" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>44340</v>
       </c>
       <c r="E680" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="681" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A681" s="5" t="s">
         <v>321</v>
       </c>
       <c r="B681" s="9">
-        <v>6.14</v>
+        <v>9.0399999999999991</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="D681" s="25">
         <v>44340</v>
       </c>
       <c r="E681" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="682" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A682" s="5" t="s">
         <v>321</v>
       </c>
       <c r="B682" s="9">
-        <v>14.5</v>
+        <v>6.14</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>417</v>
+        <v>333</v>
       </c>
       <c r="D682" s="25">
         <v>44340</v>
       </c>
       <c r="E682" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="683" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A683" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="B683" s="9">
+        <v>14.5</v>
+      </c>
+      <c r="C683" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D683" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E683" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="684" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A684" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="B683" s="8">
+      <c r="B684" s="8">
         <v>2.25</v>
       </c>
-      <c r="C683" s="15" t="s">
+      <c r="C684" s="15" t="s">
         <v>606</v>
       </c>
-      <c r="D683" s="25">
+      <c r="D684" s="25">
         <v>45211</v>
       </c>
-      <c r="E683" s="20">
-[...4 lines deleted...]
-      <c r="A684" s="5" t="s">
+      <c r="E684" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="685" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A685" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="B684" s="9">
+      <c r="B685" s="9">
         <v>243</v>
       </c>
-      <c r="C684" s="15" t="s">
+      <c r="C685" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D684" s="25">
+      <c r="D685" s="25">
         <v>44235</v>
-      </c>
-[...15 lines deleted...]
-        <v>44336</v>
       </c>
       <c r="E685" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="686" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A686" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="B686" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="C686" s="15" t="s">
+        <v>728</v>
+      </c>
+      <c r="D686" s="25">
+        <v>44336</v>
+      </c>
+      <c r="E686" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="687" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A687" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B687" s="9">
+        <v>10</v>
+      </c>
+      <c r="C687" s="15" t="s">
         <v>1272</v>
       </c>
-      <c r="B686" s="9">
-[...5 lines deleted...]
-      <c r="D686" s="25">
+      <c r="D687" s="25">
         <v>45762</v>
       </c>
-      <c r="E686" s="20"/>
-[...16 lines deleted...]
-      </c>
+      <c r="E687" s="20"/>
     </row>
     <row r="688" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A688" s="15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B688" s="14">
+        <v>75</v>
+      </c>
+      <c r="C688" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D688" s="23">
+        <v>45272</v>
+      </c>
+      <c r="E688" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="689" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A689" s="15" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B689" s="14">
+        <v>10</v>
+      </c>
+      <c r="C689" s="15" t="s">
         <v>1155</v>
       </c>
-      <c r="B688" s="14">
-[...5 lines deleted...]
-      <c r="D688" s="23">
+      <c r="D689" s="23">
         <v>45558</v>
       </c>
-      <c r="E688" s="20"/>
-[...16 lines deleted...]
-      </c>
+      <c r="E689" s="20"/>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A690" s="5" t="s">
-        <v>987</v>
+        <v>546</v>
       </c>
       <c r="B690" s="8">
-        <v>10</v>
+        <v>24.8</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>988</v>
+        <v>547</v>
       </c>
       <c r="D690" s="25">
-        <v>45195</v>
+        <v>45210</v>
       </c>
       <c r="E690" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="691" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A691" s="5" t="s">
-        <v>1222</v>
+        <v>985</v>
       </c>
       <c r="B691" s="8">
-        <v>10.8</v>
+        <v>10</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>1223</v>
+        <v>986</v>
       </c>
       <c r="D691" s="25">
-        <v>45588</v>
+        <v>45195</v>
       </c>
       <c r="E691" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="692" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A692" s="5" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>256.91000000000003</v>
+        <v>1221</v>
+      </c>
+      <c r="B692" s="8">
+        <v>10.8</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>505</v>
+        <v>1222</v>
       </c>
       <c r="D692" s="25">
-        <v>45028</v>
+        <v>45588</v>
       </c>
       <c r="E692" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="693" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A693" s="5" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>504</v>
+      </c>
+      <c r="B693" s="9">
+        <v>256.91000000000003</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>990</v>
+        <v>505</v>
       </c>
       <c r="D693" s="25">
-        <v>45195</v>
+        <v>45028</v>
       </c>
       <c r="E693" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="694" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A694" s="5" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>3.75</v>
+        <v>987</v>
+      </c>
+      <c r="B694" s="8">
+        <v>10</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>443</v>
+        <v>988</v>
       </c>
       <c r="D694" s="25">
-        <v>44417</v>
+        <v>45195</v>
       </c>
       <c r="E694" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="695" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A695" s="5" t="s">
-        <v>106</v>
+        <v>442</v>
       </c>
       <c r="B695" s="9">
-        <v>41</v>
+        <v>3.75</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>154</v>
+        <v>443</v>
       </c>
       <c r="D695" s="25">
-        <v>44235</v>
+        <v>44417</v>
       </c>
       <c r="E695" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="696" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A696" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B696" s="9">
-        <v>57.75</v>
+        <v>41</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="D696" s="25">
         <v>44235</v>
       </c>
       <c r="E696" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A697" s="5" t="s">
-        <v>191</v>
+        <v>106</v>
       </c>
       <c r="B697" s="9">
-        <v>2</v>
+        <v>57.75</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>192</v>
+        <v>166</v>
       </c>
       <c r="D697" s="25">
-        <v>44307</v>
+        <v>44235</v>
       </c>
       <c r="E697" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A698" s="5" t="s">
-        <v>1287</v>
+        <v>191</v>
       </c>
       <c r="B698" s="9">
-        <v>6.79</v>
+        <v>2</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>1288</v>
+        <v>192</v>
       </c>
       <c r="D698" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E698" s="20"/>
+        <v>44307</v>
+      </c>
+      <c r="E698" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A699" s="5" t="s">
-        <v>509</v>
+        <v>1286</v>
       </c>
       <c r="B699" s="9">
-        <v>500</v>
+        <v>6.79</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>511</v>
+        <v>1287</v>
       </c>
       <c r="D699" s="25">
-        <v>45028</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E699" s="20"/>
     </row>
     <row r="700" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A700" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="B700" s="9">
+        <v>500</v>
+      </c>
+      <c r="C700" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D700" s="25">
+        <v>45028</v>
+      </c>
+      <c r="E700" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="701" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A701" s="5" t="s">
         <v>787</v>
       </c>
-      <c r="B700" s="9">
+      <c r="B701" s="9">
         <v>10</v>
       </c>
-      <c r="C700" s="15" t="s">
+      <c r="C701" s="15" t="s">
         <v>788</v>
       </c>
-      <c r="D700" s="25">
+      <c r="D701" s="25">
         <v>44340</v>
       </c>
-      <c r="E700" s="20">
-[...7 lines deleted...]
-      <c r="B701" s="14">
+      <c r="E701" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="702" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A702" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B702" s="14">
         <v>3.5</v>
       </c>
-      <c r="C701" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D701" s="23">
+      <c r="C702" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D702" s="23">
         <v>45282</v>
-      </c>
-[...15 lines deleted...]
-        <v>44341</v>
       </c>
       <c r="E702" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="703" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A703" s="5" t="s">
-        <v>1214</v>
+        <v>891</v>
       </c>
       <c r="B703" s="9">
-        <v>300</v>
+        <v>4</v>
       </c>
       <c r="C703" s="15" t="s">
-        <v>1215</v>
+        <v>892</v>
       </c>
       <c r="D703" s="25">
-        <v>45588</v>
+        <v>44341</v>
       </c>
       <c r="E703" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="704" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A704" s="5" t="s">
-        <v>189</v>
+        <v>1213</v>
       </c>
       <c r="B704" s="9">
-        <v>4.26</v>
+        <v>300</v>
       </c>
       <c r="C704" s="15" t="s">
-        <v>190</v>
+        <v>1214</v>
       </c>
       <c r="D704" s="25">
-        <v>44307</v>
+        <v>45588</v>
       </c>
       <c r="E704" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="705" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A705" s="5" t="s">
-        <v>813</v>
+        <v>189</v>
       </c>
       <c r="B705" s="9">
-        <v>11.2</v>
+        <v>4.26</v>
       </c>
       <c r="C705" s="15" t="s">
-        <v>814</v>
+        <v>190</v>
       </c>
       <c r="D705" s="25">
-        <v>44340</v>
+        <v>44307</v>
       </c>
       <c r="E705" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="706" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A706" s="5" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>3.39</v>
+        <v>813</v>
+      </c>
+      <c r="B706" s="9">
+        <v>11.2</v>
       </c>
       <c r="C706" s="15" t="s">
-        <v>555</v>
+        <v>814</v>
       </c>
       <c r="D706" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E706" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="707" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A707" s="5" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>552</v>
+      </c>
+      <c r="B707" s="8">
+        <v>3.39</v>
       </c>
       <c r="C707" s="15" t="s">
-        <v>621</v>
+        <v>555</v>
       </c>
       <c r="D707" s="25">
-        <v>44328</v>
+        <v>45211</v>
       </c>
       <c r="E707" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="708" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A708" s="5" t="s">
-        <v>93</v>
+        <v>620</v>
       </c>
       <c r="B708" s="9">
-        <v>54.86</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>10</v>
+      </c>
+      <c r="C708" s="15" t="s">
+        <v>621</v>
       </c>
       <c r="D708" s="25">
-        <v>44232</v>
+        <v>44328</v>
       </c>
       <c r="E708" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="709" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A709" s="5" t="s">
-        <v>1256</v>
+        <v>93</v>
       </c>
       <c r="B709" s="9">
-        <v>200</v>
+        <v>54.86</v>
       </c>
       <c r="C709" s="5" t="s">
-        <v>1257</v>
+        <v>150</v>
       </c>
       <c r="D709" s="25">
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="E709" s="20"/>
+        <v>44232</v>
+      </c>
+      <c r="E709" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="710" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A710" s="5" t="s">
-        <v>847</v>
+        <v>1255</v>
       </c>
       <c r="B710" s="9">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>200</v>
+      </c>
+      <c r="C710" s="5" t="s">
+        <v>1256</v>
       </c>
       <c r="D710" s="25">
-        <v>44341</v>
-[...3 lines deleted...]
-      </c>
+        <v>45756</v>
+      </c>
+      <c r="E710" s="20"/>
     </row>
     <row r="711" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A711" s="5" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="B711" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C711" s="15" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="D711" s="25">
         <v>44341</v>
       </c>
       <c r="E711" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="712" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A712" s="5" t="s">
-        <v>178</v>
+        <v>841</v>
       </c>
       <c r="B712" s="9">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="C712" s="15" t="s">
-        <v>181</v>
+        <v>842</v>
       </c>
       <c r="D712" s="25">
-        <v>44307</v>
+        <v>44341</v>
       </c>
       <c r="E712" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="713" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A713" s="5" t="s">
-        <v>323</v>
+        <v>178</v>
       </c>
       <c r="B713" s="9">
-        <v>2.31</v>
+        <v>147</v>
       </c>
       <c r="C713" s="15" t="s">
-        <v>324</v>
+        <v>181</v>
       </c>
       <c r="D713" s="25">
-        <v>44340</v>
+        <v>44307</v>
       </c>
       <c r="E713" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="714" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A714" s="5" t="s">
         <v>323</v>
       </c>
       <c r="B714" s="9">
-        <v>1.59</v>
+        <v>2.31</v>
       </c>
       <c r="C714" s="15" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="D714" s="25">
         <v>44340</v>
       </c>
       <c r="E714" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="715" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A715" s="5" t="s">
-        <v>479</v>
+        <v>323</v>
       </c>
       <c r="B715" s="9">
-        <v>0.88</v>
+        <v>1.59</v>
       </c>
       <c r="C715" s="15" t="s">
-        <v>480</v>
+        <v>334</v>
       </c>
       <c r="D715" s="25">
-        <v>44762</v>
+        <v>44340</v>
       </c>
       <c r="E715" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="716" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A716" s="5" t="s">
-        <v>991</v>
-[...1 lines deleted...]
-      <c r="B716" s="8">
+        <v>479</v>
+      </c>
+      <c r="B716" s="9">
+        <v>0.88</v>
+      </c>
+      <c r="C716" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="D716" s="25">
+        <v>44762</v>
+      </c>
+      <c r="E716" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="717" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A717" s="5" t="s">
+        <v>989</v>
+      </c>
+      <c r="B717" s="8">
         <v>20</v>
       </c>
-      <c r="C716" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D716" s="25">
+      <c r="C717" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="D717" s="25">
         <v>45195</v>
       </c>
-      <c r="E716" s="20">
-[...4 lines deleted...]
-      <c r="A717" s="15" t="s">
+      <c r="E717" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="718" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A718" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="B717" s="16">
+      <c r="B718" s="16">
         <v>2</v>
       </c>
-      <c r="C717" s="15" t="s">
+      <c r="C718" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D717" s="25">
+      <c r="D718" s="25">
         <v>43958</v>
-      </c>
-[...15 lines deleted...]
-        <v>45210</v>
       </c>
       <c r="E718" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="719" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A719" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>538</v>
+      </c>
+      <c r="B719" s="8">
+        <v>2.58</v>
       </c>
       <c r="C719" s="15" t="s">
-        <v>170</v>
+        <v>539</v>
       </c>
       <c r="D719" s="25">
-        <v>44258</v>
+        <v>45210</v>
       </c>
       <c r="E719" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="720" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A720" s="5" t="s">
-        <v>275</v>
+        <v>112</v>
       </c>
       <c r="B720" s="9">
-        <v>8.2200000000000006</v>
+        <v>200</v>
       </c>
       <c r="C720" s="15" t="s">
-        <v>276</v>
+        <v>170</v>
       </c>
       <c r="D720" s="25">
-        <v>44336</v>
+        <v>44258</v>
       </c>
       <c r="E720" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="721" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A721" s="5" t="s">
-        <v>827</v>
+        <v>275</v>
       </c>
       <c r="B721" s="9">
-        <v>6.6</v>
+        <v>8.2200000000000006</v>
       </c>
       <c r="C721" s="15" t="s">
-        <v>828</v>
+        <v>276</v>
       </c>
       <c r="D721" s="25">
-        <v>44340</v>
+        <v>44336</v>
       </c>
       <c r="E721" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="722" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A722" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="B722" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="C722" s="15" t="s">
+        <v>828</v>
+      </c>
+      <c r="D722" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E722" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="723" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A723" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B722" s="9">
+      <c r="B723" s="9">
         <v>9.65</v>
       </c>
-      <c r="C722" s="5" t="s">
+      <c r="C723" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="D722" s="25">
+      <c r="D723" s="25">
         <v>44082</v>
       </c>
-      <c r="E722" s="20">
-[...4 lines deleted...]
-      <c r="B723" s="16"/>
+      <c r="E723" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="724" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B724" s="16"/>
     </row>
     <row r="725" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B725" s="16">
-[...2 lines deleted...]
-      </c>
+      <c r="B725" s="16"/>
     </row>
     <row r="726" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B726" s="28">
-        <v>45929</v>
+      <c r="A726" s="28">
+        <v>45971</v>
+      </c>
+      <c r="B726" s="16">
+        <f>SUM(B2:B725)</f>
+        <v>77400.719999999987</v>
+      </c>
+    </row>
+    <row r="727" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B727" s="13" t="s">
+        <v>1083</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="D1:D726" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A2:A1048574"/>
+  <autoFilter ref="D1:D727" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D1048575">
+    <sortCondition ref="A2:A1048575"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77c549de-e3c1-45ff-8026-c610bdaa4988" xmlns:ns3="655bc250-37c9-45b4-bb5d-a24b90d8f0ad" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="affba342d7d1025c7bb5e931ee5eef77" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F743A5CDA34B2748AE93A352D1B67D4C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5c15a52f4663d5df2f67693abc7f599f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77c549de-e3c1-45ff-8026-c610bdaa4988" xmlns:ns3="655bc250-37c9-45b4-bb5d-a24b90d8f0ad" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ba8649727c17c38ff3a30644977f530" ns2:_="" ns3:_="">
     <xsd:import namespace="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
     <xsd:import namespace="655bc250-37c9-45b4-bb5d-a24b90d8f0ad"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -17415,84 +17427,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="655bc250-37c9-45b4-bb5d-a24b90d8f0ad" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="77c549de-e3c1-45ff-8026-c610bdaa4988">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E78092D5-6365-48F0-8D52-C61C3F8903C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{118DB9BE-A6E5-432C-98A1-551E4A2CCB8A}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5E7ACC8-584E-440B-B818-213C81B8C4F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
     <ds:schemaRef ds:uri="655bc250-37c9-45b4-bb5d-a24b90d8f0ad"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6073DA0-9EB5-401B-9B5D-C767BE10D389}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="655bc250-37c9-45b4-bb5d-a24b90d8f0ad"/>
+    <ds:schemaRef ds:uri="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Alpha</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>