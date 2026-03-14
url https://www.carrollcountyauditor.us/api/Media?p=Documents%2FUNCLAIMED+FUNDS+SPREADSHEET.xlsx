--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -3,309 +3,114 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sbrad\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://carrollcountyohious-my.sharepoint.com/personal/sbrady_carrollcountyohio_us/Documents/Auditor Website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94AEF527-07ED-4E0C-9259-70CE7BDD1EC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="633" documentId="13_ncr:1_{F191C9C3-AD23-42EE-AD50-7A8E73A11F32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C10E771F-2C4E-45C2-8ED4-923D204C4221}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="18465" windowHeight="15465" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29070" yWindow="360" windowWidth="21015" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Alpha" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Alpha!$D$1:$D$727</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Alpha!$D$1:$D$717</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B726" i="4" l="1"/>
+  <c r="B716" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1456" uniqueCount="1331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1435" uniqueCount="1311">
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>AMOUNT</t>
   </si>
   <si>
     <t>ORIGINATED FROM</t>
   </si>
   <si>
     <t>DATE ENTERED</t>
   </si>
   <si>
     <t>Hamilton, Donald</t>
   </si>
   <si>
     <t>Maag, William R</t>
   </si>
   <si>
     <t>Settlement</t>
   </si>
   <si>
-    <t>Swonger, Timothy</t>
-[...193 lines deleted...]
-  <si>
     <t>Riggs, Bonnie</t>
   </si>
   <si>
     <t>Edie, Tracy</t>
   </si>
   <si>
     <t>Norris, Cindy</t>
   </si>
   <si>
     <t>Hosey, Jennifer</t>
   </si>
   <si>
     <t>Reese, Deborah</t>
   </si>
   <si>
     <t>Ross, Larissa</t>
   </si>
   <si>
     <t>Barr, Rebecca</t>
   </si>
   <si>
     <t>Cooper, Jill</t>
   </si>
   <si>
     <t>Duncan, Diane</t>
@@ -328,86 +133,50 @@
   <si>
     <t>Salasek, Ryan</t>
   </si>
   <si>
     <t>Salihovic, Alen</t>
   </si>
   <si>
     <t>Simon, Jennifer</t>
   </si>
   <si>
     <t>Smith, Lana</t>
   </si>
   <si>
     <t>Solomon, Jeffrey</t>
   </si>
   <si>
     <t>Swonger, Babett</t>
   </si>
   <si>
     <t>Tapscott, Leslie</t>
   </si>
   <si>
     <t>Wise, Earl</t>
   </si>
   <si>
-    <t>Jeff Yeager Vs Estate of Stanley Ray Hall Case #2020CVE29508</t>
-[...34 lines deleted...]
-  <si>
     <t>Weston Hurd LLP</t>
   </si>
   <si>
     <t>Brown, Scott</t>
   </si>
   <si>
     <t>Guinn Law Firm LLC</t>
   </si>
   <si>
     <t>Coleman, Keara</t>
   </si>
   <si>
     <t>Brandenburg, John D</t>
   </si>
   <si>
     <t>Cress, Ashley</t>
   </si>
   <si>
     <t>Yoder, Nelson</t>
   </si>
   <si>
     <t>Warrant #156816 3/4/20</t>
   </si>
   <si>
     <t>Warrant #156652 3/4/20</t>
@@ -3085,53 +2854,50 @@
   <si>
     <t>check #995985 8/3/21 Witness - Common Pleas</t>
   </si>
   <si>
     <t>check #995987 9/21/21 Witness - Municipal Court</t>
   </si>
   <si>
     <t>Finan, Christine D (Attorney)</t>
   </si>
   <si>
     <t>Guinn, Dan (Attorney)</t>
   </si>
   <si>
     <t>Kovalchick, Aaron (Attorney)</t>
   </si>
   <si>
     <t>Routh, Jeffrey S (Attorney)</t>
   </si>
   <si>
     <t>Bell, Estate of Theresa</t>
   </si>
   <si>
     <t xml:space="preserve">Sullivan, Estate of Nanette </t>
   </si>
   <si>
-    <t xml:space="preserve">Hall, Estate of Stanley R </t>
-[...1 lines deleted...]
-  <si>
     <t>Money Found in Cruiser</t>
   </si>
   <si>
     <t>United States Treasury</t>
   </si>
   <si>
     <t>Check#1000764 7/18/22 Juror - Common Pleas</t>
   </si>
   <si>
     <t>Check #1000824 9/12/22 Juror - Common Pleas</t>
   </si>
   <si>
     <t>Cornell, Rachel</t>
   </si>
   <si>
     <t>Check #169043 3/29/2021</t>
   </si>
   <si>
     <t>Moyer, Tricia Dawn</t>
   </si>
   <si>
     <t>Check #180909 8/25/2022</t>
   </si>
   <si>
     <t>Ohio Association for Court Amins</t>
@@ -3898,56 +3664,50 @@
   <si>
     <t>Gropp, Joel C</t>
   </si>
   <si>
     <t>check #1001661 3/5/25 juror - common pleas</t>
   </si>
   <si>
     <t>Dunlap, John Herman</t>
   </si>
   <si>
     <t>check# 1001691 3/10/25 juror - common pleas</t>
   </si>
   <si>
     <t>Stine, Melanie Mae</t>
   </si>
   <si>
     <t>check #1001702 3/10/25 juror - common pleas</t>
   </si>
   <si>
     <t>AS America INTC</t>
   </si>
   <si>
     <t>wire from treasurer</t>
   </si>
   <si>
-    <t>Powell, Jami</t>
-[...4 lines deleted...]
-  <si>
     <t>White, Scott</t>
   </si>
   <si>
     <t>check #14229 10/23/23 - Sheriff Commissary Check</t>
   </si>
   <si>
     <t>Southers, Annamarie</t>
   </si>
   <si>
     <t>check #14213 - Sheriff Commissary Check</t>
   </si>
   <si>
     <t>Polochan, Justin</t>
   </si>
   <si>
     <t>check #14154 1/23/23 - Sheriff Commissary Check</t>
   </si>
   <si>
     <t>Martin, William</t>
   </si>
   <si>
     <t>check #14209 7/18/23 - Sheriff Commissary Check</t>
   </si>
   <si>
     <t>Lutz, Clearance</t>
@@ -4037,50 +3797,230 @@
     <t>check #1001811 witness common pleas</t>
   </si>
   <si>
     <t>Lumley Shin, Hwa Y</t>
   </si>
   <si>
     <t>check #206854</t>
   </si>
   <si>
     <t>Elifritz, Shane</t>
   </si>
   <si>
     <t>check #996038 witness - common pleas</t>
   </si>
   <si>
     <t>Ezell, Miranda</t>
   </si>
   <si>
     <t>check #996039 witness - common pleas</t>
   </si>
   <si>
     <t>check #1001819 7/9/25 juror - common pleas</t>
   </si>
   <si>
     <t>check #1001831 8/6/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>loose change/money found at security center</t>
+  </si>
+  <si>
+    <t>Miscellaneous</t>
+  </si>
+  <si>
+    <t>Campbell, Micah</t>
+  </si>
+  <si>
+    <t>check #207535 7/14/2025</t>
+  </si>
+  <si>
+    <t>Bigler, Kaila</t>
+  </si>
+  <si>
+    <t>check #1001879 9/3/2025 witness - common pleas</t>
+  </si>
+  <si>
+    <t>Edie, Tait Lee</t>
+  </si>
+  <si>
+    <t>Gonzales, Enrique Noe</t>
+  </si>
+  <si>
+    <t>Green, Ashlee Nickole</t>
+  </si>
+  <si>
+    <t>check #1001849 9/4/2025 Juror - common pleas</t>
+  </si>
+  <si>
+    <t>check #1001847 9/4/2025 juror - common pleas</t>
+  </si>
+  <si>
+    <t>check #1001848 9/4/2025 Juror - common pleas</t>
+  </si>
+  <si>
+    <t>Lambert, Jeff Carson</t>
+  </si>
+  <si>
+    <t>check# 1001853 9/4/2025 Juror - Common Pleas</t>
+  </si>
+  <si>
+    <t>Myers, Christine Marie</t>
+  </si>
+  <si>
+    <t>check #1001854 9/4/2025 Juror - Common Pleas</t>
+  </si>
+  <si>
+    <t>Piercy, Amy</t>
+  </si>
+  <si>
+    <t>check #1001856 9/4/2025 Juror - common pleas</t>
+  </si>
+  <si>
+    <t>Toalston, Justin Michael</t>
+  </si>
+  <si>
+    <t>check #1001861 9/4/2025 Juror - Common Pleas</t>
+  </si>
+  <si>
+    <t>Tubaugh, Mackensie Amanda</t>
+  </si>
+  <si>
+    <t>check #1001862 9/4/2025 Juror - Common pleas</t>
+  </si>
+  <si>
+    <t>Lemke, Karen michele</t>
+  </si>
+  <si>
+    <t>check #1001888 10/1/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>Cadle, Chaselyn</t>
+  </si>
+  <si>
+    <t>check #1001978 11/5/25 witness- common pleas</t>
+  </si>
+  <si>
+    <t>check #996042 witness - muni court</t>
+  </si>
+  <si>
+    <t>Burns, Alexander Richard</t>
+  </si>
+  <si>
+    <t>Devine, Lawrence Frank</t>
+  </si>
+  <si>
+    <t>check #1001900 10/21/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>check #1001941 10/21/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>Harris, Bryant Joseph</t>
+  </si>
+  <si>
+    <t>check #1001901 10/21/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>Hurst, Michael Allen</t>
+  </si>
+  <si>
+    <t>check #1001947 10/21/25 juror common pleas</t>
+  </si>
+  <si>
+    <t>Pitts, Katherine</t>
+  </si>
+  <si>
+    <t>check #1001957 10/21/25 juror - common pleas</t>
+  </si>
+  <si>
+    <t>Barber, Harold</t>
+  </si>
+  <si>
+    <t>check #41801 - Case #2023CVE30244 Payment to Appraiser</t>
+  </si>
+  <si>
+    <t>Smith, Marissa Marie</t>
+  </si>
+  <si>
+    <t>Check #41816; Refund Case #2022CR06859</t>
+  </si>
+  <si>
+    <t>Long, Amy S.</t>
+  </si>
+  <si>
+    <t>Check #41844; Refund Case #2019CVH29341; fka Amy S. Steele</t>
+  </si>
+  <si>
+    <t>Steele Jr., Randall</t>
+  </si>
+  <si>
+    <t>Check #41846; Refund Case #2019CVH29341</t>
+  </si>
+  <si>
+    <t>Larew Esq., Keith</t>
+  </si>
+  <si>
+    <t>Check #41901; Refund Case #2023CVE30244</t>
+  </si>
+  <si>
+    <t>Levy &amp; Associates</t>
+  </si>
+  <si>
+    <t>Check #41932; Refund #2023CVH30230</t>
+  </si>
+  <si>
+    <t>Reisenfeld &amp; Associates LLC</t>
+  </si>
+  <si>
+    <t>Check #41991; Refund Case #2024CVE30487</t>
+  </si>
+  <si>
+    <t>Kakasc, Amanda Renee Cline</t>
+  </si>
+  <si>
+    <t>Check #42003; Refund Case #2023DRA30336</t>
+  </si>
+  <si>
+    <t>Norton, Kristopher M.</t>
+  </si>
+  <si>
+    <t>Check #42037; Refund Case #2024CR07049</t>
+  </si>
+  <si>
+    <t>Check #42042; Refund Case #2023DRA30336</t>
+  </si>
+  <si>
+    <t>Seck, Ashli</t>
+  </si>
+  <si>
+    <t>Check #42118; Refund Case #2023DRD30326</t>
+  </si>
+  <si>
+    <t>Padgett Law Group</t>
+  </si>
+  <si>
+    <t>Check #42137; Refund Case #2023CVE30208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -4507,12766 +4447,12558 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K727"/>
+  <dimension ref="A1:K717"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25" style="15" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" style="13" customWidth="1"/>
     <col min="3" max="3" width="57.42578125" style="15" customWidth="1"/>
-    <col min="4" max="4" width="12.140625" style="25" customWidth="1"/>
-    <col min="5" max="5" width="13.140625" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" style="25" customWidth="1"/>
+    <col min="5" max="5" width="20.28515625" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="17.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="22" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="18" t="s">
-        <v>195</v>
+        <v>118</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="B2" s="9">
-        <v>1.86</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>200</v>
+      </c>
+      <c r="C2" s="15" t="s">
+        <v>205</v>
       </c>
       <c r="D2" s="25">
-        <v>44060</v>
+        <v>44336</v>
       </c>
       <c r="E2" s="20">
         <v>10000</v>
       </c>
-      <c r="F2" s="1"/>
-      <c r="G2" s="4"/>
+      <c r="G2" s="9"/>
     </row>
     <row r="3" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
-        <v>281</v>
+        <v>1004</v>
       </c>
       <c r="B3" s="9">
         <v>200</v>
       </c>
       <c r="C3" s="15" t="s">
-        <v>282</v>
+        <v>1000</v>
       </c>
       <c r="D3" s="25">
-        <v>44336</v>
+        <v>44781</v>
       </c>
       <c r="E3" s="20">
         <v>10000</v>
       </c>
-      <c r="G3" s="9"/>
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="F3" s="1"/>
+      <c r="G3" s="2"/>
+    </row>
+    <row r="4" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="15" t="s">
+        <v>979</v>
+      </c>
+      <c r="B4" s="14">
+        <v>25</v>
       </c>
       <c r="C4" s="15" t="s">
-        <v>1078</v>
-[...8 lines deleted...]
-      <c r="G4" s="2"/>
+        <v>980</v>
+      </c>
+      <c r="D4" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E4" s="21">
+        <v>10000</v>
+      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="4"/>
     </row>
     <row r="5" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>16</v>
+        <v>1232</v>
       </c>
       <c r="B5" s="9">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>19</v>
+        <v>1233</v>
       </c>
       <c r="D5" s="25">
-        <v>43875</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E5" s="20"/>
       <c r="F5" s="1"/>
-      <c r="G5" s="2"/>
+      <c r="G5" s="4"/>
     </row>
     <row r="6" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
-        <v>21</v>
+        <v>270</v>
       </c>
       <c r="B6" s="9">
-        <v>22.75</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>8.5</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>271</v>
       </c>
       <c r="D6" s="25">
-        <v>43875</v>
+        <v>44337</v>
       </c>
       <c r="E6" s="20">
         <v>10000</v>
       </c>
-      <c r="F6" s="2"/>
-[...7 lines deleted...]
-        <v>25</v>
+      <c r="F6" s="11"/>
+      <c r="G6" s="12"/>
+    </row>
+    <row r="7" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="B7" s="9">
+        <v>9</v>
       </c>
       <c r="C7" s="15" t="s">
-        <v>1058</v>
-[...7 lines deleted...]
-      <c r="F7" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D7" s="25">
+        <v>44337</v>
+      </c>
+      <c r="E7" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F7" s="1"/>
       <c r="G7" s="4"/>
     </row>
     <row r="8" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A8" s="15" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="A8" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B8" s="9">
+        <v>10</v>
       </c>
       <c r="C8" s="15" t="s">
-        <v>23</v>
+        <v>1082</v>
       </c>
       <c r="D8" s="25">
-        <v>43958</v>
+        <v>45558</v>
       </c>
       <c r="E8" s="20">
         <v>10000</v>
       </c>
-      <c r="F8" s="10"/>
+      <c r="F8" s="1"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="7"/>
     </row>
     <row r="9" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>102</v>
+        <v>700</v>
       </c>
       <c r="B9" s="9">
-        <v>4.0999999999999996</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>10</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>701</v>
       </c>
       <c r="D9" s="25">
-        <v>44175</v>
+        <v>44340</v>
       </c>
       <c r="E9" s="20">
         <v>10000</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="4"/>
     </row>
     <row r="10" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>1312</v>
-[...5 lines deleted...]
-        <v>1313</v>
+        <v>825</v>
+      </c>
+      <c r="B10" s="8">
+        <v>10</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>938</v>
       </c>
       <c r="D10" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E10" s="20"/>
+        <v>45182</v>
+      </c>
+      <c r="E10" s="20">
+        <v>10000</v>
+      </c>
       <c r="F10" s="1"/>
       <c r="G10" s="4"/>
     </row>
     <row r="11" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>8.5</v>
+        <v>1204</v>
+      </c>
+      <c r="B11" s="8">
+        <v>384</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>348</v>
+        <v>1205</v>
       </c>
       <c r="D11" s="25">
-        <v>44337</v>
-[...5 lines deleted...]
-      <c r="G11" s="12"/>
+        <v>45840</v>
+      </c>
+      <c r="E11" s="20"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="4"/>
     </row>
     <row r="12" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>1204</v>
+      </c>
+      <c r="B12" s="8">
+        <v>192</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>355</v>
+        <v>1205</v>
       </c>
       <c r="D12" s="25">
-        <v>44337</v>
-[...3 lines deleted...]
-      </c>
+        <v>45890</v>
+      </c>
+      <c r="E12" s="20"/>
       <c r="F12" s="1"/>
       <c r="G12" s="4"/>
     </row>
     <row r="13" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
-        <v>1159</v>
+        <v>667</v>
       </c>
       <c r="B13" s="9">
-        <v>10</v>
+        <v>8.6</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>1160</v>
+        <v>668</v>
       </c>
       <c r="D13" s="25">
-        <v>45558</v>
+        <v>44337</v>
       </c>
       <c r="E13" s="20">
         <v>10000</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="4"/>
     </row>
     <row r="14" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
-        <v>61</v>
+        <v>305</v>
       </c>
       <c r="B14" s="9">
-        <v>7.86</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>25.62</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>306</v>
       </c>
       <c r="D14" s="25">
-        <v>44082</v>
+        <v>44340</v>
       </c>
       <c r="E14" s="20">
         <v>10000</v>
       </c>
-      <c r="F14" s="1"/>
-      <c r="G14" s="4"/>
+      <c r="G14" s="9"/>
     </row>
     <row r="15" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
-        <v>777</v>
+        <v>174</v>
       </c>
       <c r="B15" s="9">
-        <v>10</v>
+        <v>230</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>778</v>
+        <v>175</v>
       </c>
       <c r="D15" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E15" s="20">
         <v>10000</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="4"/>
     </row>
-    <row r="16" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:8" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>393</v>
+      </c>
+      <c r="B16" s="9">
+        <v>60</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>1016</v>
+        <v>394</v>
       </c>
       <c r="D16" s="25">
-        <v>45182</v>
+        <v>44657</v>
       </c>
       <c r="E16" s="20">
         <v>10000</v>
       </c>
-      <c r="F16" s="1"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="F16" s="11"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="7"/>
+    </row>
+    <row r="17" spans="1:8" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
-        <v>1282</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>393</v>
+      </c>
+      <c r="B17" s="9">
+        <v>50</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>1283</v>
+        <v>395</v>
       </c>
       <c r="D17" s="25">
-        <v>45840</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+        <v>44657</v>
+      </c>
+      <c r="E17" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="7"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="7"/>
+    </row>
+    <row r="18" spans="1:8" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
-        <v>1282</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>393</v>
+      </c>
+      <c r="B18" s="9">
+        <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>1283</v>
+        <v>396</v>
       </c>
       <c r="D18" s="25">
-        <v>45890</v>
-[...1 lines deleted...]
-      <c r="E18" s="20"/>
+        <v>44657</v>
+      </c>
+      <c r="E18" s="20">
+        <v>10000</v>
+      </c>
       <c r="F18" s="1"/>
       <c r="G18" s="4"/>
     </row>
     <row r="19" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
-        <v>744</v>
+        <v>665</v>
       </c>
       <c r="B19" s="9">
-        <v>8.6</v>
+        <v>3.4</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>745</v>
+        <v>666</v>
       </c>
       <c r="D19" s="25">
         <v>44337</v>
       </c>
       <c r="E19" s="20">
         <v>10000</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="4"/>
     </row>
-    <row r="20" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>25.62</v>
+    <row r="20" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="B20" s="14">
+        <v>250</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>383</v>
-[...14 lines deleted...]
-        <v>230</v>
+        <v>998</v>
+      </c>
+      <c r="D20" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E20" s="21">
+        <v>10000</v>
+      </c>
+      <c r="F20" s="1"/>
+      <c r="G20" s="4"/>
+    </row>
+    <row r="21" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B21" s="14">
+        <v>10</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="E21" s="20">
+        <v>1019</v>
+      </c>
+      <c r="D21" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E21" s="21">
         <v>10000</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="4"/>
     </row>
-    <row r="22" spans="1:8" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
-        <v>470</v>
+        <v>334</v>
       </c>
       <c r="B22" s="9">
-        <v>60</v>
+        <v>31.2</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>471</v>
+        <v>335</v>
       </c>
       <c r="D22" s="25">
-        <v>44657</v>
+        <v>44340</v>
       </c>
       <c r="E22" s="20">
         <v>10000</v>
       </c>
-      <c r="F22" s="11"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:8" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="F22" s="1"/>
+      <c r="G22" s="2"/>
+    </row>
+    <row r="23" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
-        <v>470</v>
+        <v>334</v>
       </c>
       <c r="B23" s="9">
-        <v>50</v>
+        <v>11.79</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>472</v>
+        <v>1109</v>
       </c>
       <c r="D23" s="25">
-        <v>44657</v>
+        <v>45588</v>
       </c>
       <c r="E23" s="20">
         <v>10000</v>
       </c>
-      <c r="F23" s="7"/>
-[...3 lines deleted...]
-    <row r="24" spans="1:8" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="F23" s="1"/>
+      <c r="G23" s="2"/>
+    </row>
+    <row r="24" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A24" s="5" t="s">
-        <v>470</v>
+        <v>431</v>
       </c>
       <c r="B24" s="9">
-        <v>50</v>
+        <v>551.12</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>473</v>
+        <v>433</v>
       </c>
       <c r="D24" s="25">
-        <v>44657</v>
+        <v>45028</v>
       </c>
       <c r="E24" s="20">
         <v>10000</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="4"/>
     </row>
     <row r="25" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
-        <v>742</v>
+        <v>547</v>
       </c>
       <c r="B25" s="9">
-        <v>3.4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>743</v>
+        <v>548</v>
       </c>
       <c r="D25" s="25">
-        <v>44337</v>
+        <v>44328</v>
       </c>
       <c r="E25" s="20">
         <v>10000</v>
       </c>
-      <c r="F25" s="1"/>
-[...7 lines deleted...]
-        <v>250</v>
+      <c r="G25" s="9"/>
+    </row>
+    <row r="26" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A26" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B26" s="9">
+        <v>11</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>1076</v>
-[...14 lines deleted...]
-      <c r="B27" s="14">
+        <v>1121</v>
+      </c>
+      <c r="D26" s="25">
+        <v>45588</v>
+      </c>
+      <c r="E26" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G26" s="9"/>
+    </row>
+    <row r="27" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A27" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="B27" s="9">
         <v>10</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>1097</v>
-[...8 lines deleted...]
-      <c r="G27" s="4"/>
+        <v>699</v>
+      </c>
+      <c r="D27" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E27" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G27" s="9"/>
     </row>
     <row r="28" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>31.2</v>
+        <v>826</v>
+      </c>
+      <c r="B28" s="8">
+        <v>10</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>412</v>
+        <v>939</v>
       </c>
       <c r="D28" s="25">
-        <v>44340</v>
+        <v>45182</v>
       </c>
       <c r="E28" s="20">
         <v>10000</v>
       </c>
       <c r="F28" s="1"/>
-      <c r="G28" s="2"/>
+      <c r="G28" s="4"/>
     </row>
     <row r="29" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
-        <v>411</v>
+        <v>738</v>
       </c>
       <c r="B29" s="9">
-        <v>11.79</v>
+        <v>6</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>1187</v>
+        <v>739</v>
       </c>
       <c r="D29" s="25">
-        <v>45588</v>
+        <v>44340</v>
       </c>
       <c r="E29" s="20">
         <v>10000</v>
       </c>
       <c r="F29" s="1"/>
-      <c r="G29" s="2"/>
+      <c r="G29" s="4"/>
     </row>
     <row r="30" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>508</v>
+        <v>310</v>
       </c>
       <c r="B30" s="9">
-        <v>551.12</v>
+        <v>1.1599999999999999</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>510</v>
+        <v>321</v>
       </c>
       <c r="D30" s="25">
-        <v>45028</v>
+        <v>44340</v>
       </c>
       <c r="E30" s="20">
         <v>10000</v>
       </c>
-      <c r="F30" s="1"/>
-      <c r="G30" s="4"/>
+      <c r="F30" s="11"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="7"/>
     </row>
     <row r="31" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
-        <v>624</v>
+        <v>310</v>
       </c>
       <c r="B31" s="9">
-        <v>7</v>
+        <v>0.79</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>625</v>
+        <v>327</v>
       </c>
       <c r="D31" s="25">
-        <v>44328</v>
+        <v>44340</v>
       </c>
       <c r="E31" s="20">
         <v>10000</v>
       </c>
-      <c r="G31" s="9"/>
+      <c r="F31" s="11"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="7"/>
     </row>
     <row r="32" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A32" s="5" t="s">
-        <v>1198</v>
+        <v>1062</v>
       </c>
       <c r="B32" s="9">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>1199</v>
+        <v>1065</v>
       </c>
       <c r="D32" s="25">
-        <v>45588</v>
+        <v>45558</v>
       </c>
       <c r="E32" s="20">
         <v>10000</v>
       </c>
-      <c r="G32" s="9"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="7"/>
     </row>
     <row r="33" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
-        <v>775</v>
+        <v>1083</v>
       </c>
       <c r="B33" s="9">
         <v>10</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>776</v>
+        <v>1084</v>
       </c>
       <c r="D33" s="25">
-        <v>44340</v>
+        <v>45558</v>
       </c>
       <c r="E33" s="20">
         <v>10000</v>
       </c>
-      <c r="G33" s="9"/>
+      <c r="F33" s="11"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="7"/>
     </row>
     <row r="34" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
-        <v>903</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>262</v>
+      </c>
+      <c r="B34" s="9">
+        <v>27.91</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>1017</v>
+        <v>263</v>
       </c>
       <c r="D34" s="25">
-        <v>45182</v>
+        <v>44337</v>
       </c>
       <c r="E34" s="20">
         <v>10000</v>
       </c>
-      <c r="F34" s="1"/>
-      <c r="G34" s="4"/>
+      <c r="G34" s="9"/>
     </row>
     <row r="35" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A35" s="5" t="s">
-        <v>815</v>
+        <v>262</v>
       </c>
       <c r="B35" s="9">
-        <v>6</v>
+        <v>27.68</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>816</v>
+        <v>309</v>
       </c>
       <c r="D35" s="25">
         <v>44340</v>
       </c>
       <c r="E35" s="20">
         <v>10000</v>
       </c>
-      <c r="F35" s="1"/>
-      <c r="G35" s="4"/>
+      <c r="G35" s="9"/>
     </row>
     <row r="36" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A36" s="5" t="s">
-        <v>387</v>
+        <v>1103</v>
       </c>
       <c r="B36" s="9">
-        <v>1.1599999999999999</v>
+        <v>7.4</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>398</v>
+        <v>1104</v>
       </c>
       <c r="D36" s="25">
-        <v>44340</v>
+        <v>45558</v>
       </c>
       <c r="E36" s="20">
         <v>10000</v>
       </c>
-      <c r="F36" s="11"/>
-[...1 lines deleted...]
-      <c r="H36" s="7"/>
+      <c r="G36" s="9"/>
     </row>
     <row r="37" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A37" s="5" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>0.79</v>
+        <v>822</v>
+      </c>
+      <c r="B37" s="8">
+        <v>20</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>404</v>
+        <v>823</v>
       </c>
       <c r="D37" s="25">
-        <v>44340</v>
+        <v>45154</v>
       </c>
       <c r="E37" s="20">
         <v>10000</v>
       </c>
-      <c r="F37" s="11"/>
-[...1 lines deleted...]
-      <c r="H37" s="7"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="4"/>
     </row>
     <row r="38" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
-        <v>1140</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1288</v>
+      </c>
+      <c r="B38" s="8">
+        <v>125</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>1143</v>
+        <v>1289</v>
       </c>
       <c r="D38" s="25">
-        <v>45558</v>
-[...6 lines deleted...]
-      <c r="H38" s="7"/>
+        <v>45322</v>
+      </c>
+      <c r="E38" s="20"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="4"/>
     </row>
     <row r="39" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A39" s="5" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1141</v>
+      </c>
+      <c r="B39" s="8">
+        <v>2</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>1162</v>
+        <v>1142</v>
       </c>
       <c r="D39" s="25">
-        <v>45558</v>
+        <v>45588</v>
       </c>
       <c r="E39" s="20">
         <v>10000</v>
       </c>
-      <c r="F39" s="11"/>
-[...1 lines deleted...]
-      <c r="H39" s="7"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="4"/>
     </row>
     <row r="40" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
-        <v>339</v>
+        <v>195</v>
       </c>
       <c r="B40" s="9">
-        <v>27.91</v>
+        <v>3.16</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>340</v>
+        <v>196</v>
       </c>
       <c r="D40" s="25">
-        <v>44337</v>
+        <v>44335</v>
       </c>
       <c r="E40" s="20">
         <v>10000</v>
       </c>
       <c r="G40" s="9"/>
     </row>
     <row r="41" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
-        <v>339</v>
+        <v>202</v>
       </c>
       <c r="B41" s="9">
-        <v>27.68</v>
+        <v>9.7200000000000006</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>386</v>
+        <v>203</v>
       </c>
       <c r="D41" s="25">
-        <v>44340</v>
+        <v>44336</v>
       </c>
       <c r="E41" s="20">
         <v>10000</v>
       </c>
       <c r="G41" s="9"/>
     </row>
     <row r="42" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
-        <v>1181</v>
+        <v>728</v>
       </c>
       <c r="B42" s="9">
-        <v>7.4</v>
+        <v>10</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>1182</v>
+        <v>729</v>
       </c>
       <c r="D42" s="25">
-        <v>45558</v>
+        <v>44340</v>
       </c>
       <c r="E42" s="20">
         <v>10000</v>
       </c>
       <c r="G42" s="9"/>
     </row>
     <row r="43" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1085</v>
+      </c>
+      <c r="B43" s="9">
+        <v>10</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>900</v>
+        <v>1086</v>
       </c>
       <c r="D43" s="25">
-        <v>45154</v>
+        <v>45558</v>
       </c>
       <c r="E43" s="20">
         <v>10000</v>
       </c>
-      <c r="F43" s="2"/>
-      <c r="G43" s="4"/>
+      <c r="G43" s="9"/>
     </row>
     <row r="44" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
-        <v>1219</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1063</v>
+      </c>
+      <c r="B44" s="9">
+        <v>10</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>1220</v>
+        <v>1064</v>
       </c>
       <c r="D44" s="25">
-        <v>45588</v>
+        <v>45558</v>
       </c>
       <c r="E44" s="20">
         <v>10000</v>
       </c>
-      <c r="F44" s="2"/>
-      <c r="G44" s="4"/>
+      <c r="G44" s="9"/>
     </row>
     <row r="45" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A45" s="5" t="s">
-        <v>272</v>
+        <v>13</v>
       </c>
       <c r="B45" s="9">
-        <v>3.16</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>6.97</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="D45" s="25">
-        <v>44335</v>
+        <v>44232</v>
       </c>
       <c r="E45" s="20">
         <v>10000</v>
       </c>
-      <c r="G45" s="9"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="4"/>
     </row>
     <row r="46" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
-        <v>279</v>
+        <v>782</v>
       </c>
       <c r="B46" s="9">
-        <v>9.7200000000000006</v>
+        <v>20</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>280</v>
+        <v>783</v>
       </c>
       <c r="D46" s="25">
-        <v>44336</v>
+        <v>44341</v>
       </c>
       <c r="E46" s="20">
         <v>10000</v>
       </c>
-      <c r="G46" s="9"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="4"/>
     </row>
     <row r="47" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>536</v>
+      </c>
+      <c r="B47" s="8">
+        <v>13.95</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>806</v>
+        <v>537</v>
       </c>
       <c r="D47" s="25">
-        <v>44340</v>
+        <v>45211</v>
       </c>
       <c r="E47" s="20">
         <v>10000</v>
       </c>
-      <c r="G47" s="9"/>
+      <c r="F47" s="10"/>
+      <c r="G47" s="4"/>
+      <c r="H47" s="7"/>
     </row>
     <row r="48" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>479</v>
+      </c>
+      <c r="B48" s="8">
+        <v>6.4</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>1164</v>
+        <v>824</v>
       </c>
       <c r="D48" s="25">
-        <v>45558</v>
+        <v>45154</v>
       </c>
       <c r="E48" s="20">
         <v>10000</v>
       </c>
       <c r="G48" s="9"/>
     </row>
     <row r="49" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>479</v>
+      </c>
+      <c r="B49" s="8">
+        <v>2</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>1142</v>
+        <v>480</v>
       </c>
       <c r="D49" s="25">
-        <v>45558</v>
+        <v>45211</v>
       </c>
       <c r="E49" s="20">
         <v>10000</v>
       </c>
-      <c r="G49" s="9"/>
+      <c r="F49" s="1"/>
+      <c r="G49" s="4"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="5"/>
     </row>
     <row r="50" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
-        <v>78</v>
+        <v>934</v>
       </c>
       <c r="B50" s="9">
-        <v>6.97</v>
+        <v>3.69</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="D50" s="25">
-        <v>44232</v>
+        <v>44231</v>
       </c>
       <c r="E50" s="20">
         <v>10000</v>
       </c>
-      <c r="F50" s="1"/>
-      <c r="G50" s="4"/>
+      <c r="G50" s="9"/>
     </row>
     <row r="51" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="5" t="s">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="B51" s="9">
+        <v>499</v>
+      </c>
+      <c r="B51" s="8">
         <v>20</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>860</v>
+        <v>500</v>
       </c>
       <c r="D51" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E51" s="20">
         <v>10000</v>
       </c>
-      <c r="F51" s="1"/>
-      <c r="G51" s="4"/>
+      <c r="G51" s="9"/>
     </row>
     <row r="52" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
-        <v>613</v>
-[...5 lines deleted...]
-        <v>614</v>
+        <v>56</v>
+      </c>
+      <c r="B52" s="9">
+        <v>1.54</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="D52" s="25">
-        <v>45211</v>
+        <v>44232</v>
       </c>
       <c r="E52" s="20">
         <v>10000</v>
       </c>
-      <c r="F52" s="10"/>
+      <c r="F52" s="1"/>
       <c r="G52" s="4"/>
-      <c r="H52" s="7"/>
     </row>
     <row r="53" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
-        <v>556</v>
-[...5 lines deleted...]
-        <v>901</v>
+        <v>1255</v>
+      </c>
+      <c r="B53" s="9">
+        <v>10.4</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>1256</v>
       </c>
       <c r="D53" s="25">
-        <v>45154</v>
-[...4 lines deleted...]
-      <c r="G53" s="9"/>
+        <v>45993</v>
+      </c>
+      <c r="E53" s="20"/>
+      <c r="F53" s="1"/>
+      <c r="G53" s="4"/>
     </row>
     <row r="54" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A54" s="5" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>341</v>
+      </c>
+      <c r="B54" s="9">
+        <v>57.5</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>557</v>
+        <v>342</v>
       </c>
       <c r="D54" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E54" s="20">
         <v>10000</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="4"/>
-      <c r="H54" s="7"/>
-      <c r="I54" s="5"/>
     </row>
     <row r="55" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
-        <v>1011</v>
+        <v>621</v>
       </c>
       <c r="B55" s="9">
-        <v>3.69</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>20</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>622</v>
       </c>
       <c r="D55" s="25">
-        <v>44231</v>
+        <v>44336</v>
       </c>
       <c r="E55" s="20">
         <v>10000</v>
       </c>
       <c r="G55" s="9"/>
     </row>
     <row r="56" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="B56" s="8">
+        <v>621</v>
+      </c>
+      <c r="B56" s="9">
         <v>20</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>577</v>
+        <v>625</v>
       </c>
       <c r="D56" s="25">
-        <v>45211</v>
+        <v>44336</v>
       </c>
       <c r="E56" s="20">
         <v>10000</v>
       </c>
       <c r="G56" s="9"/>
     </row>
     <row r="57" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>522</v>
+      </c>
+      <c r="B57" s="8">
+        <v>40</v>
+      </c>
+      <c r="C57" s="15" t="s">
+        <v>523</v>
       </c>
       <c r="D57" s="25">
-        <v>44232</v>
+        <v>45211</v>
       </c>
       <c r="E57" s="20">
         <v>10000</v>
       </c>
-      <c r="F57" s="1"/>
-      <c r="G57" s="4"/>
+      <c r="F57" s="11"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="7"/>
     </row>
     <row r="58" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>57.5</v>
+        <v>827</v>
+      </c>
+      <c r="B58" s="8">
+        <v>10</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>419</v>
+        <v>828</v>
       </c>
       <c r="D58" s="25">
-        <v>44340</v>
+        <v>45182</v>
       </c>
       <c r="E58" s="20">
         <v>10000</v>
       </c>
-      <c r="F58" s="1"/>
+      <c r="F58" s="2"/>
       <c r="G58" s="4"/>
     </row>
     <row r="59" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A59" s="5" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1241</v>
+      </c>
+      <c r="B59" s="8">
+        <v>10.8</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>699</v>
+        <v>1242</v>
       </c>
       <c r="D59" s="25">
-        <v>44336</v>
-[...4 lines deleted...]
-      <c r="G59" s="9"/>
+        <v>45929</v>
+      </c>
+      <c r="E59" s="20"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="4"/>
     </row>
     <row r="60" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A60" s="5" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1066</v>
+      </c>
+      <c r="B60" s="8">
+        <v>10</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>702</v>
+        <v>1067</v>
       </c>
       <c r="D60" s="25">
-        <v>44336</v>
+        <v>45558</v>
       </c>
       <c r="E60" s="20">
         <v>10000</v>
       </c>
-      <c r="G60" s="9"/>
-[...6 lines deleted...]
-        <v>40</v>
+      <c r="F60" s="2"/>
+      <c r="G60" s="4"/>
+    </row>
+    <row r="61" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="15" t="s">
+        <v>986</v>
+      </c>
+      <c r="B61" s="14">
+        <v>111.5</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>600</v>
-[...9 lines deleted...]
-      <c r="H61" s="7"/>
+        <v>987</v>
+      </c>
+      <c r="D61" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E61" s="21">
+        <v>10000</v>
+      </c>
+      <c r="F61" s="2"/>
+      <c r="G61" s="4"/>
     </row>
     <row r="62" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
-        <v>904</v>
+        <v>829</v>
       </c>
       <c r="B62" s="8">
         <v>10</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>905</v>
+        <v>830</v>
       </c>
       <c r="D62" s="25">
         <v>45182</v>
       </c>
       <c r="E62" s="20">
         <v>10000</v>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="4"/>
     </row>
     <row r="63" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A63" s="5" t="s">
-        <v>1321</v>
+        <v>843</v>
       </c>
       <c r="B63" s="8">
-        <v>10.8</v>
+        <v>10</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>1322</v>
+        <v>844</v>
       </c>
       <c r="D63" s="25">
-        <v>45929</v>
-[...2 lines deleted...]
-      <c r="F63" s="2"/>
+        <v>45182</v>
+      </c>
+      <c r="E63" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F63" s="10"/>
       <c r="G63" s="4"/>
+      <c r="H63" s="7"/>
     </row>
     <row r="64" spans="1:9" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A64" s="5" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B64" s="8">
-        <v>10</v>
+        <v>7190.04</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D64" s="25">
-        <v>45558</v>
-[...4 lines deleted...]
-      <c r="F64" s="2"/>
+        <v>45589</v>
+      </c>
+      <c r="E64" s="20" t="s">
+        <v>411</v>
+      </c>
+      <c r="F64" s="10"/>
       <c r="G64" s="4"/>
-    </row>
-[...5 lines deleted...]
-        <v>111.5</v>
+      <c r="H64" s="7"/>
+    </row>
+    <row r="65" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A65" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B65" s="9">
+        <v>9.0500000000000007</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>1065</v>
-[...7 lines deleted...]
-      <c r="F65" s="2"/>
+        <v>344</v>
+      </c>
+      <c r="D65" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E65" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F65" s="1"/>
       <c r="G65" s="4"/>
     </row>
     <row r="66" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A66" s="5" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="B66" s="8">
+        <v>135</v>
+      </c>
+      <c r="B66" s="9">
         <v>10</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>907</v>
+        <v>136</v>
       </c>
       <c r="D66" s="25">
-        <v>45182</v>
+        <v>44329</v>
       </c>
       <c r="E66" s="20">
         <v>10000</v>
       </c>
-      <c r="F66" s="2"/>
+      <c r="F66" s="1"/>
       <c r="G66" s="4"/>
     </row>
     <row r="67" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A67" s="5" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="B67" s="8">
+        <v>1058</v>
+      </c>
+      <c r="B67" s="9">
         <v>10</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>921</v>
+        <v>1059</v>
       </c>
       <c r="D67" s="25">
-        <v>45182</v>
+        <v>45525</v>
       </c>
       <c r="E67" s="20">
         <v>10000</v>
       </c>
-      <c r="F67" s="10"/>
+      <c r="F67" s="1"/>
       <c r="G67" s="4"/>
-      <c r="H67" s="7"/>
     </row>
     <row r="68" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A68" s="5" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>7190.04</v>
+        <v>311</v>
+      </c>
+      <c r="B68" s="9">
+        <v>7.87</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>1224</v>
+        <v>320</v>
       </c>
       <c r="D68" s="25">
-        <v>45589</v>
-[...4 lines deleted...]
-      <c r="F68" s="10"/>
+        <v>44340</v>
+      </c>
+      <c r="E68" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F68" s="1"/>
       <c r="G68" s="4"/>
-      <c r="H68" s="7"/>
     </row>
     <row r="69" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A69" s="5" t="s">
-        <v>420</v>
+        <v>311</v>
       </c>
       <c r="B69" s="9">
-        <v>9.0500000000000007</v>
+        <v>5.42</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>421</v>
+        <v>328</v>
       </c>
       <c r="D69" s="25">
         <v>44340</v>
       </c>
       <c r="E69" s="20">
         <v>10000</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="4"/>
     </row>
     <row r="70" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A70" s="5" t="s">
-        <v>67</v>
+        <v>163</v>
       </c>
       <c r="B70" s="9">
-        <v>7.98</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>31.64</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>164</v>
       </c>
       <c r="D70" s="25">
-        <v>44082</v>
+        <v>44329</v>
       </c>
       <c r="E70" s="20">
         <v>10000</v>
       </c>
-      <c r="G70" s="9"/>
+      <c r="F70" s="1"/>
+      <c r="G70" s="4"/>
     </row>
     <row r="71" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A71" s="5" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="B71" s="9">
+        <v>831</v>
+      </c>
+      <c r="B71" s="8">
         <v>10</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>213</v>
+        <v>832</v>
       </c>
       <c r="D71" s="25">
-        <v>44329</v>
+        <v>45182</v>
       </c>
       <c r="E71" s="20">
         <v>10000</v>
       </c>
-      <c r="F71" s="1"/>
-      <c r="G71" s="4"/>
+      <c r="F71" s="11"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="7"/>
     </row>
     <row r="72" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A72" s="5" t="s">
-        <v>1136</v>
+        <v>33</v>
       </c>
       <c r="B72" s="9">
-        <v>10</v>
+        <v>94.5</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>1137</v>
+        <v>95</v>
       </c>
       <c r="D72" s="25">
-        <v>45525</v>
+        <v>44258</v>
       </c>
       <c r="E72" s="20">
         <v>10000</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="4"/>
     </row>
     <row r="73" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A73" s="5" t="s">
-        <v>388</v>
+        <v>617</v>
       </c>
       <c r="B73" s="9">
-        <v>7.87</v>
+        <v>5.2</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>397</v>
+        <v>618</v>
       </c>
       <c r="D73" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E73" s="20">
         <v>10000</v>
       </c>
-      <c r="F73" s="1"/>
-      <c r="G73" s="4"/>
+      <c r="G73" s="9"/>
     </row>
     <row r="74" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A74" s="5" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>5.42</v>
+        <v>833</v>
+      </c>
+      <c r="B74" s="8">
+        <v>10</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>405</v>
+        <v>834</v>
       </c>
       <c r="D74" s="25">
-        <v>44340</v>
+        <v>45182</v>
       </c>
       <c r="E74" s="20">
         <v>10000</v>
       </c>
-      <c r="F74" s="1"/>
-[...7 lines deleted...]
-        <v>31.64</v>
+      <c r="G74" s="9"/>
+    </row>
+    <row r="75" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B75" s="14">
+        <v>10</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>241</v>
-[...23 lines deleted...]
-      <c r="E76" s="20">
+        <v>1029</v>
+      </c>
+      <c r="D75" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E75" s="21">
+        <v>10000</v>
+      </c>
+      <c r="G75" s="9"/>
+    </row>
+    <row r="76" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>992</v>
+      </c>
+      <c r="B76" s="14">
+        <v>27.5</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>993</v>
+      </c>
+      <c r="D76" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E76" s="21">
         <v>10000</v>
       </c>
       <c r="G76" s="9"/>
     </row>
-    <row r="77" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>10</v>
+    <row r="77" spans="1:8" s="3" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>992</v>
+      </c>
+      <c r="B77" s="14">
+        <v>119.75</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>909</v>
-[...9 lines deleted...]
-      <c r="H77" s="7"/>
+        <v>994</v>
+      </c>
+      <c r="D77" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E77" s="21">
+        <v>10000</v>
+      </c>
+      <c r="G77" s="9"/>
     </row>
     <row r="78" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A78" s="5" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>94.5</v>
+        <v>506</v>
+      </c>
+      <c r="B78" s="8">
+        <v>10.15</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>172</v>
+        <v>507</v>
       </c>
       <c r="D78" s="25">
-        <v>44258</v>
+        <v>45211</v>
       </c>
       <c r="E78" s="20">
         <v>10000</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="4"/>
     </row>
     <row r="79" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A79" s="5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B79" s="9">
-        <v>5.2</v>
+        <v>20</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D79" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E79" s="20">
         <v>10000</v>
       </c>
-      <c r="G79" s="9"/>
+      <c r="F79" s="1"/>
+      <c r="G79" s="4"/>
     </row>
     <row r="80" spans="1:8" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A80" s="5" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>695</v>
+      </c>
+      <c r="B80" s="9">
+        <v>20</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>911</v>
+        <v>697</v>
       </c>
       <c r="D80" s="25">
-        <v>45182</v>
+        <v>44340</v>
       </c>
       <c r="E80" s="20">
         <v>10000</v>
       </c>
       <c r="G80" s="9"/>
     </row>
-    <row r="81" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>10</v>
+    <row r="81" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A81" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="B81" s="9">
+        <v>20</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>1107</v>
-[...4 lines deleted...]
-      <c r="E81" s="21">
+        <v>740</v>
+      </c>
+      <c r="D81" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E81" s="20">
         <v>10000</v>
       </c>
       <c r="G81" s="9"/>
     </row>
     <row r="82" spans="1:11" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
-        <v>1070</v>
+        <v>1016</v>
       </c>
       <c r="B82" s="14">
-        <v>27.5</v>
+        <v>10</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>1071</v>
+        <v>1017</v>
       </c>
       <c r="D82" s="23">
-        <v>45362</v>
+        <v>45406</v>
       </c>
       <c r="E82" s="21">
         <v>10000</v>
       </c>
       <c r="G82" s="9"/>
     </row>
-    <row r="83" spans="1:11" s="3" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>119.75</v>
+    <row r="83" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A83" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B83" s="9">
+        <v>96.55</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>1072</v>
-[...9 lines deleted...]
-    <row r="84" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+        <v>86</v>
+      </c>
+      <c r="D83" s="25">
+        <v>44235</v>
+      </c>
+      <c r="E83" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F83" s="11"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="7"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A84" s="5" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>10.15</v>
+        <v>575</v>
+      </c>
+      <c r="B84" s="9">
+        <v>10</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D84" s="25">
+        <v>44335</v>
+      </c>
+      <c r="E84" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F84" s="1"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="3"/>
+      <c r="I84" s="3"/>
+      <c r="J84" s="3"/>
+      <c r="K84" s="3"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="B85" s="8">
+        <v>8.4</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D85" s="25">
         <v>45211</v>
       </c>
-      <c r="E84" s="20">
-[...17 lines deleted...]
-      </c>
       <c r="E85" s="20">
         <v>10000</v>
       </c>
-      <c r="F85" s="1"/>
+      <c r="F85" s="2"/>
       <c r="G85" s="4"/>
-    </row>
-    <row r="86" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
+      <c r="J85" s="3"/>
+      <c r="K85" s="3"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>508</v>
+      </c>
+      <c r="B86" s="8">
+        <v>2.3199999999999998</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>774</v>
+        <v>540</v>
       </c>
       <c r="D86" s="25">
-        <v>44340</v>
+        <v>45211</v>
       </c>
       <c r="E86" s="20">
         <v>10000</v>
       </c>
+      <c r="F86" s="3"/>
       <c r="G86" s="9"/>
-    </row>
-    <row r="87" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="H86" s="3"/>
+      <c r="I86" s="3"/>
+      <c r="J86" s="3"/>
+      <c r="K86" s="3"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1068</v>
+      </c>
+      <c r="B87" s="8">
+        <v>10</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>817</v>
+        <v>1069</v>
       </c>
       <c r="D87" s="25">
-        <v>44340</v>
+        <v>45558</v>
       </c>
       <c r="E87" s="20">
         <v>10000</v>
       </c>
+      <c r="F87" s="3"/>
       <c r="G87" s="9"/>
-    </row>
-[...4 lines deleted...]
-      <c r="B88" s="14">
+      <c r="H87" s="3"/>
+      <c r="I87" s="3"/>
+      <c r="J87" s="3"/>
+      <c r="K87" s="3"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B88" s="8">
         <v>10</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>1095</v>
-[...6 lines deleted...]
-      </c>
+        <v>1281</v>
+      </c>
+      <c r="D88" s="25">
+        <v>46062</v>
+      </c>
+      <c r="E88" s="20"/>
+      <c r="F88" s="3"/>
       <c r="G88" s="9"/>
-    </row>
-    <row r="89" spans="1:11" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="H88" s="3"/>
+      <c r="I88" s="3"/>
+      <c r="J88" s="3"/>
+      <c r="K88" s="3"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
-        <v>107</v>
+        <v>43</v>
       </c>
       <c r="B89" s="9">
-        <v>96.55</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>21.77</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="D89" s="25">
-        <v>44235</v>
+        <v>44231</v>
       </c>
       <c r="E89" s="20">
         <v>10000</v>
       </c>
-      <c r="F89" s="11"/>
-[...3 lines deleted...]
-    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="F89" s="3"/>
+      <c r="G89" s="9"/>
+      <c r="H89" s="3"/>
+      <c r="I89" s="3"/>
+      <c r="J89" s="3"/>
+      <c r="K89" s="3"/>
+    </row>
+    <row r="90" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
-        <v>652</v>
+        <v>1174</v>
       </c>
       <c r="B90" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>4</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>1175</v>
       </c>
       <c r="D90" s="25">
-        <v>44335</v>
-[...5 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>45756</v>
+      </c>
+      <c r="E90" s="20"/>
+      <c r="F90" s="3"/>
+      <c r="G90" s="9"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="J90" s="3"/>
       <c r="K90" s="3"/>
     </row>
-    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A91" s="5" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-        <v>586</v>
+        <v>1174</v>
+      </c>
+      <c r="B91" s="9">
+        <v>35</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="D91" s="25">
-        <v>45211</v>
-[...5 lines deleted...]
-      <c r="G91" s="4"/>
+        <v>45756</v>
+      </c>
+      <c r="E91" s="20"/>
+      <c r="F91" s="3"/>
+      <c r="G91" s="9"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3"/>
       <c r="K91" s="3"/>
     </row>
-    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-        <v>617</v>
+        <v>1174</v>
+      </c>
+      <c r="B92" s="9">
+        <v>35</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>1182</v>
       </c>
       <c r="D92" s="25">
-        <v>45211</v>
-[...3 lines deleted...]
-      </c>
+        <v>45756</v>
+      </c>
+      <c r="E92" s="20"/>
       <c r="F92" s="3"/>
       <c r="G92" s="9"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3"/>
       <c r="K92" s="3"/>
     </row>
-    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
-        <v>1146</v>
-[...5 lines deleted...]
-        <v>1147</v>
+        <v>1174</v>
+      </c>
+      <c r="B93" s="9">
+        <v>26.9</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>1183</v>
       </c>
       <c r="D93" s="25">
-        <v>45558</v>
-[...3 lines deleted...]
-      </c>
+        <v>45756</v>
+      </c>
+      <c r="E93" s="20"/>
       <c r="F93" s="3"/>
       <c r="G93" s="9"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3"/>
       <c r="K93" s="3"/>
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A94" s="5" t="s">
-        <v>120</v>
+        <v>406</v>
       </c>
       <c r="B94" s="9">
-        <v>21.77</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>571.26</v>
+      </c>
+      <c r="C94" s="15" t="s">
+        <v>407</v>
       </c>
       <c r="D94" s="25">
-        <v>44231</v>
+        <v>44762</v>
       </c>
       <c r="E94" s="20">
         <v>10000</v>
       </c>
       <c r="F94" s="3"/>
       <c r="G94" s="9"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3"/>
       <c r="K94" s="3"/>
     </row>
-    <row r="95" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
-        <v>1252</v>
+        <v>1105</v>
       </c>
       <c r="B95" s="9">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>5.6</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>1106</v>
       </c>
       <c r="D95" s="25">
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="E95" s="20"/>
+        <v>45558</v>
+      </c>
+      <c r="E95" s="20">
+        <v>10000</v>
+      </c>
       <c r="F95" s="3"/>
       <c r="G95" s="9"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="3"/>
     </row>
-    <row r="96" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E96" s="20"/>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B96" s="14">
+        <v>10</v>
+      </c>
+      <c r="C96" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D96" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E96" s="21">
+        <v>10000</v>
+      </c>
       <c r="F96" s="3"/>
       <c r="G96" s="9"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
     </row>
-    <row r="97" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E97" s="20"/>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="15" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B97" s="14">
+        <v>6.2</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D97" s="23">
+        <v>46062</v>
+      </c>
+      <c r="E97" s="21"/>
       <c r="F97" s="3"/>
       <c r="G97" s="9"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3"/>
       <c r="K97" s="3"/>
     </row>
-    <row r="98" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E98" s="20"/>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="15" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B98" s="14">
+        <v>10.4</v>
+      </c>
+      <c r="C98" s="15" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D98" s="23">
+        <v>46062</v>
+      </c>
+      <c r="E98" s="21"/>
       <c r="F98" s="3"/>
       <c r="G98" s="9"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="J98" s="3"/>
       <c r="K98" s="3"/>
     </row>
     <row r="99" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
-        <v>483</v>
+        <v>186</v>
       </c>
       <c r="B99" s="9">
-        <v>571.26</v>
+        <v>12.12</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>484</v>
+        <v>187</v>
       </c>
       <c r="D99" s="25">
-        <v>44762</v>
+        <v>44335</v>
       </c>
       <c r="E99" s="20">
         <v>10000</v>
       </c>
-      <c r="F99" s="3"/>
-      <c r="G99" s="9"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="4"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="J99" s="3"/>
       <c r="K99" s="3"/>
     </row>
     <row r="100" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A100" s="5" t="s">
-        <v>1183</v>
+        <v>1087</v>
       </c>
       <c r="B100" s="9">
-        <v>5.6</v>
+        <v>10</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>1184</v>
+        <v>1088</v>
       </c>
       <c r="D100" s="25">
         <v>45558</v>
       </c>
       <c r="E100" s="20">
         <v>10000</v>
       </c>
-      <c r="F100" s="3"/>
-      <c r="G100" s="9"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="4"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="J100" s="3"/>
       <c r="K100" s="3"/>
     </row>
     <row r="101" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A101" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A101" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="B101" s="9">
+        <v>20</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>1109</v>
-[...8 lines deleted...]
-      <c r="G101" s="9"/>
+        <v>632</v>
+      </c>
+      <c r="D101" s="25">
+        <v>44336</v>
+      </c>
+      <c r="E101" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F101" s="1"/>
+      <c r="G101" s="4"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
     </row>
     <row r="102" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A102" s="5" t="s">
-        <v>263</v>
+        <v>631</v>
       </c>
       <c r="B102" s="9">
-        <v>12.12</v>
+        <v>20</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>264</v>
+        <v>639</v>
       </c>
       <c r="D102" s="25">
-        <v>44335</v>
+        <v>44336</v>
       </c>
       <c r="E102" s="20">
         <v>10000</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="4"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="J102" s="3"/>
       <c r="K102" s="3"/>
     </row>
     <row r="103" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
-        <v>1165</v>
+        <v>631</v>
       </c>
       <c r="B103" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>1166</v>
+        <v>640</v>
       </c>
       <c r="D103" s="25">
-        <v>45558</v>
+        <v>44336</v>
       </c>
       <c r="E103" s="20">
         <v>10000</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="4"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
       <c r="K103" s="3"/>
     </row>
     <row r="104" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
-        <v>708</v>
+        <v>440</v>
       </c>
       <c r="B104" s="9">
-        <v>20</v>
+        <v>153.29</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>709</v>
+        <v>437</v>
       </c>
       <c r="D104" s="25">
-        <v>44336</v>
+        <v>45097</v>
       </c>
       <c r="E104" s="20">
         <v>10000</v>
       </c>
       <c r="F104" s="1"/>
       <c r="G104" s="4"/>
-      <c r="H104" s="3"/>
-      <c r="I104" s="3"/>
+      <c r="H104" s="7"/>
+      <c r="I104" s="5"/>
       <c r="J104" s="3"/>
       <c r="K104" s="3"/>
     </row>
     <row r="105" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
-        <v>708</v>
+        <v>1253</v>
       </c>
       <c r="B105" s="9">
-        <v>20</v>
+        <v>84.32</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>716</v>
+        <v>1254</v>
       </c>
       <c r="D105" s="25">
-        <v>44336</v>
-[...3 lines deleted...]
-      </c>
+        <v>45993</v>
+      </c>
+      <c r="E105" s="20"/>
       <c r="F105" s="1"/>
       <c r="G105" s="4"/>
-      <c r="H105" s="3"/>
-      <c r="I105" s="3"/>
+      <c r="H105" s="7"/>
+      <c r="I105" s="5"/>
       <c r="J105" s="3"/>
       <c r="K105" s="3"/>
     </row>
     <row r="106" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A106" s="5" t="s">
-        <v>708</v>
-[...1 lines deleted...]
-      <c r="B106" s="9">
+        <v>837</v>
+      </c>
+      <c r="B106" s="8">
         <v>20</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>717</v>
+        <v>838</v>
       </c>
       <c r="D106" s="25">
-        <v>44336</v>
+        <v>45182</v>
       </c>
       <c r="E106" s="20">
         <v>10000</v>
       </c>
-      <c r="F106" s="1"/>
-      <c r="G106" s="4"/>
+      <c r="F106" s="3"/>
+      <c r="G106" s="9"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3"/>
       <c r="K106" s="3"/>
     </row>
     <row r="107" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
-        <v>517</v>
+        <v>420</v>
       </c>
       <c r="B107" s="9">
-        <v>153.29</v>
+        <v>17.25</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>514</v>
+        <v>421</v>
       </c>
       <c r="D107" s="25">
-        <v>45097</v>
+        <v>44971</v>
       </c>
       <c r="E107" s="20">
         <v>10000</v>
       </c>
-      <c r="F107" s="1"/>
-      <c r="G107" s="4"/>
+      <c r="F107" s="11"/>
+      <c r="G107" s="12"/>
       <c r="H107" s="7"/>
-      <c r="I107" s="5"/>
+      <c r="I107" s="3"/>
       <c r="J107" s="3"/>
       <c r="K107" s="3"/>
     </row>
     <row r="108" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>375</v>
+      </c>
+      <c r="B108" s="9">
+        <v>45.88</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>915</v>
+        <v>378</v>
       </c>
       <c r="D108" s="25">
-        <v>45182</v>
+        <v>44609</v>
       </c>
       <c r="E108" s="20">
         <v>10000</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="9"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="J108" s="3"/>
       <c r="K108" s="3"/>
     </row>
     <row r="109" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
-        <v>497</v>
+        <v>148</v>
       </c>
       <c r="B109" s="9">
-        <v>17.25</v>
+        <v>22.68</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>498</v>
+        <v>149</v>
       </c>
       <c r="D109" s="25">
-        <v>44971</v>
+        <v>44329</v>
       </c>
       <c r="E109" s="20">
         <v>10000</v>
       </c>
-      <c r="F109" s="11"/>
-[...1 lines deleted...]
-      <c r="H109" s="7"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="4"/>
+      <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
     </row>
     <row r="110" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
-        <v>452</v>
+        <v>258</v>
       </c>
       <c r="B110" s="9">
-        <v>45.88</v>
+        <v>10</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>455</v>
+        <v>259</v>
       </c>
       <c r="D110" s="25">
-        <v>44609</v>
+        <v>44337</v>
       </c>
       <c r="E110" s="20">
         <v>10000</v>
       </c>
-      <c r="F110" s="3"/>
-      <c r="G110" s="9"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="2"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="J110" s="3"/>
       <c r="K110" s="3"/>
     </row>
     <row r="111" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>22.68</v>
+        <v>835</v>
+      </c>
+      <c r="B111" s="8">
+        <v>20</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>226</v>
+        <v>836</v>
       </c>
       <c r="D111" s="25">
-        <v>44329</v>
+        <v>45182</v>
       </c>
       <c r="E111" s="20">
         <v>10000</v>
       </c>
       <c r="F111" s="1"/>
-      <c r="G111" s="4"/>
+      <c r="G111" s="2"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="J111" s="3"/>
       <c r="K111" s="3"/>
     </row>
     <row r="112" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
-        <v>335</v>
+        <v>231</v>
       </c>
       <c r="B112" s="9">
-        <v>10</v>
+        <v>18.61</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>336</v>
+        <v>232</v>
       </c>
       <c r="D112" s="25">
-        <v>44337</v>
+        <v>44341</v>
       </c>
       <c r="E112" s="20">
         <v>10000</v>
       </c>
-      <c r="F112" s="1"/>
-[...1 lines deleted...]
-      <c r="H112" s="3"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="4"/>
+      <c r="H112" s="7"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3"/>
       <c r="K112" s="3"/>
     </row>
     <row r="113" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
-        <v>912</v>
+        <v>877</v>
       </c>
       <c r="B113" s="8">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>913</v>
+        <v>878</v>
       </c>
       <c r="D113" s="25">
-        <v>45182</v>
+        <v>45184</v>
       </c>
       <c r="E113" s="20">
         <v>10000</v>
       </c>
-      <c r="F113" s="1"/>
-[...1 lines deleted...]
-      <c r="H113" s="3"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="4"/>
+      <c r="H113" s="7"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3"/>
       <c r="K113" s="3"/>
     </row>
     <row r="114" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
-        <v>308</v>
+        <v>877</v>
       </c>
       <c r="B114" s="9">
-        <v>18.61</v>
+        <v>6</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>309</v>
+        <v>936</v>
       </c>
       <c r="D114" s="25">
-        <v>44341</v>
+        <v>45029</v>
       </c>
       <c r="E114" s="20">
         <v>10000</v>
       </c>
-      <c r="F114" s="2"/>
-      <c r="G114" s="4"/>
+      <c r="F114" s="8"/>
+      <c r="G114" s="9"/>
       <c r="H114" s="7"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3"/>
       <c r="K114" s="3"/>
     </row>
     <row r="115" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
-        <v>954</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>371</v>
+      </c>
+      <c r="B115" s="9">
+        <v>140.72</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>955</v>
+        <v>372</v>
       </c>
       <c r="D115" s="25">
-        <v>45184</v>
+        <v>44553</v>
       </c>
       <c r="E115" s="20">
         <v>10000</v>
       </c>
-      <c r="F115" s="2"/>
-[...1 lines deleted...]
-      <c r="H115" s="7"/>
+      <c r="F115" s="3"/>
+      <c r="G115" s="9"/>
+      <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="J115" s="3"/>
       <c r="K115" s="3"/>
     </row>
     <row r="116" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
-        <v>954</v>
+        <v>219</v>
       </c>
       <c r="B116" s="9">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>1014</v>
+        <v>220</v>
       </c>
       <c r="D116" s="25">
-        <v>45029</v>
+        <v>44341</v>
       </c>
       <c r="E116" s="20">
         <v>10000</v>
       </c>
-      <c r="F116" s="8"/>
+      <c r="F116" s="3"/>
       <c r="G116" s="9"/>
-      <c r="H116" s="7"/>
+      <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3"/>
       <c r="K116" s="3"/>
     </row>
     <row r="117" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A117" s="5" t="s">
-        <v>448</v>
+        <v>597</v>
       </c>
       <c r="B117" s="9">
-        <v>140.72</v>
+        <v>6.8</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>449</v>
+        <v>598</v>
       </c>
       <c r="D117" s="25">
-        <v>44553</v>
+        <v>44335</v>
       </c>
       <c r="E117" s="20">
         <v>10000</v>
       </c>
       <c r="F117" s="3"/>
       <c r="G117" s="9"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="J117" s="3"/>
       <c r="K117" s="3"/>
     </row>
     <row r="118" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
-        <v>296</v>
+        <v>408</v>
       </c>
       <c r="B118" s="9">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>297</v>
+        <v>409</v>
       </c>
       <c r="D118" s="25">
-        <v>44341</v>
+        <v>44762</v>
       </c>
       <c r="E118" s="20">
         <v>10000</v>
       </c>
-      <c r="F118" s="3"/>
-      <c r="G118" s="9"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="4"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
     </row>
     <row r="119" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A119" s="5" t="s">
-        <v>674</v>
+        <v>1222</v>
       </c>
       <c r="B119" s="9">
-        <v>6.8</v>
+        <v>20</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>675</v>
+        <v>1223</v>
       </c>
       <c r="D119" s="25">
-        <v>44335</v>
-[...5 lines deleted...]
-      <c r="G119" s="9"/>
+        <v>45887</v>
+      </c>
+      <c r="E119" s="20"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="4"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3"/>
       <c r="K119" s="3"/>
     </row>
-    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>27</v>
+    <row r="120" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A120" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B120" s="9">
+        <v>3814.33</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>27</v>
+        <v>1041</v>
       </c>
       <c r="D120" s="25">
-        <v>43958</v>
-[...2 lines deleted...]
-        <v>10000</v>
+        <v>45405</v>
+      </c>
+      <c r="E120" s="20" t="s">
+        <v>411</v>
       </c>
       <c r="F120" s="1"/>
       <c r="G120" s="4"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="J120" s="3"/>
       <c r="K120" s="3"/>
     </row>
     <row r="121" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
-        <v>485</v>
+        <v>345</v>
       </c>
       <c r="B121" s="9">
-        <v>10</v>
+        <v>18.71</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>486</v>
+        <v>346</v>
       </c>
       <c r="D121" s="25">
-        <v>44762</v>
+        <v>44340</v>
       </c>
       <c r="E121" s="20">
         <v>10000</v>
       </c>
       <c r="F121" s="1"/>
       <c r="G121" s="4"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3"/>
       <c r="K121" s="3"/>
     </row>
     <row r="122" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
-        <v>1302</v>
+        <v>663</v>
       </c>
       <c r="B122" s="9">
-        <v>20</v>
+        <v>11.2</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>1303</v>
+        <v>664</v>
       </c>
       <c r="D122" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E122" s="20"/>
+        <v>44337</v>
+      </c>
+      <c r="E122" s="20">
+        <v>10000</v>
+      </c>
       <c r="F122" s="1"/>
       <c r="G122" s="4"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3"/>
       <c r="K122" s="3"/>
     </row>
-    <row r="123" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
-        <v>1118</v>
+        <v>673</v>
       </c>
       <c r="B123" s="9">
-        <v>3814.33</v>
+        <v>20</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>1119</v>
+        <v>674</v>
       </c>
       <c r="D123" s="25">
-        <v>45405</v>
-[...5 lines deleted...]
-      <c r="G123" s="4"/>
+        <v>44340</v>
+      </c>
+      <c r="E123" s="20">
+        <v>10000</v>
+      </c>
+      <c r="F123" s="3"/>
+      <c r="G123" s="9"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3"/>
       <c r="K123" s="3"/>
     </row>
     <row r="124" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
-        <v>422</v>
+        <v>119</v>
       </c>
       <c r="B124" s="9">
-        <v>18.71</v>
+        <v>15</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>423</v>
+        <v>121</v>
       </c>
       <c r="D124" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E124" s="20">
         <v>10000</v>
       </c>
       <c r="F124" s="1"/>
       <c r="G124" s="4"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="J124" s="3"/>
       <c r="K124" s="3"/>
     </row>
     <row r="125" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A125" s="5" t="s">
-        <v>740</v>
+        <v>221</v>
       </c>
       <c r="B125" s="9">
-        <v>11.2</v>
+        <v>68.58</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>741</v>
+        <v>222</v>
       </c>
       <c r="D125" s="25">
-        <v>44337</v>
+        <v>44341</v>
       </c>
       <c r="E125" s="20">
         <v>10000</v>
       </c>
       <c r="F125" s="1"/>
       <c r="G125" s="4"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
     </row>
     <row r="126" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A126" s="5" t="s">
-        <v>750</v>
+        <v>120</v>
       </c>
       <c r="B126" s="9">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>751</v>
+        <v>123</v>
       </c>
       <c r="D126" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E126" s="20">
         <v>10000</v>
       </c>
       <c r="F126" s="3"/>
       <c r="G126" s="9"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="J126" s="3"/>
       <c r="K126" s="3"/>
     </row>
     <row r="127" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A127" s="5" t="s">
-        <v>196</v>
+        <v>170</v>
       </c>
       <c r="B127" s="9">
-        <v>15</v>
+        <v>10.08</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>198</v>
+        <v>171</v>
       </c>
       <c r="D127" s="25">
-        <v>44329</v>
+        <v>44335</v>
       </c>
       <c r="E127" s="20">
         <v>10000</v>
       </c>
-      <c r="F127" s="1"/>
-      <c r="G127" s="4"/>
+      <c r="F127" s="3"/>
+      <c r="G127" s="9"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="J127" s="3"/>
       <c r="K127" s="3"/>
     </row>
     <row r="128" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
-        <v>298</v>
+        <v>32</v>
       </c>
       <c r="B128" s="9">
-        <v>68.58</v>
+        <v>41.43</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>299</v>
+        <v>94</v>
       </c>
       <c r="D128" s="25">
-        <v>44341</v>
+        <v>44258</v>
       </c>
       <c r="E128" s="20">
         <v>10000</v>
       </c>
-      <c r="F128" s="1"/>
+      <c r="F128" s="2"/>
       <c r="G128" s="4"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="J128" s="3"/>
       <c r="K128" s="3"/>
     </row>
     <row r="129" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
-        <v>197</v>
+        <v>1147</v>
       </c>
       <c r="B129" s="9">
-        <v>5</v>
+        <v>52.43</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>200</v>
+        <v>1148</v>
       </c>
       <c r="D129" s="25">
-        <v>44329</v>
+        <v>45615</v>
       </c>
       <c r="E129" s="20">
         <v>10000</v>
       </c>
-      <c r="F129" s="3"/>
-      <c r="G129" s="9"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="4"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="J129" s="3"/>
       <c r="K129" s="3"/>
     </row>
     <row r="130" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A130" s="5" t="s">
-        <v>247</v>
+        <v>1044</v>
       </c>
       <c r="B130" s="9">
-        <v>10.08</v>
+        <v>10</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>248</v>
+        <v>1045</v>
       </c>
       <c r="D130" s="25">
-        <v>44335</v>
+        <v>45525</v>
       </c>
       <c r="E130" s="20">
         <v>10000</v>
       </c>
-      <c r="F130" s="3"/>
-      <c r="G130" s="9"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="4"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="J130" s="3"/>
       <c r="K130" s="3"/>
     </row>
     <row r="131" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A131" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>41.43</v>
+        <v>839</v>
+      </c>
+      <c r="B131" s="8">
+        <v>10</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>171</v>
+        <v>840</v>
       </c>
       <c r="D131" s="25">
-        <v>44258</v>
+        <v>45182</v>
       </c>
       <c r="E131" s="20">
         <v>10000</v>
       </c>
-      <c r="F131" s="2"/>
-      <c r="G131" s="4"/>
+      <c r="F131" s="3"/>
+      <c r="G131" s="9"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
     </row>
     <row r="132" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
-        <v>1225</v>
+        <v>571</v>
       </c>
       <c r="B132" s="9">
-        <v>52.43</v>
+        <v>10</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>1226</v>
+        <v>572</v>
       </c>
       <c r="D132" s="25">
-        <v>45615</v>
+        <v>44335</v>
       </c>
       <c r="E132" s="20">
         <v>10000</v>
       </c>
-      <c r="F132" s="2"/>
-      <c r="G132" s="4"/>
+      <c r="F132" s="3"/>
+      <c r="G132" s="9"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="J132" s="3"/>
       <c r="K132" s="3"/>
     </row>
     <row r="133" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A133" s="5" t="s">
-        <v>1122</v>
+        <v>14</v>
       </c>
       <c r="B133" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1123</v>
+        <v>1.65</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="D133" s="25">
-        <v>45525</v>
+        <v>44232</v>
       </c>
       <c r="E133" s="20">
         <v>10000</v>
       </c>
-      <c r="F133" s="2"/>
-[...4 lines deleted...]
-      <c r="K133" s="3"/>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A134" s="5" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B134" s="9">
+        <v>1.65</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>917</v>
+        <v>314</v>
       </c>
       <c r="D134" s="25">
-        <v>45182</v>
+        <v>44340</v>
       </c>
       <c r="E134" s="20">
         <v>10000</v>
       </c>
-      <c r="F134" s="3"/>
-[...4 lines deleted...]
-      <c r="K134" s="3"/>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
-        <v>648</v>
+        <v>14</v>
       </c>
       <c r="B135" s="9">
-        <v>10</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>649</v>
+        <v>329</v>
       </c>
       <c r="D135" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E135" s="20">
         <v>10000</v>
       </c>
-      <c r="F135" s="3"/>
-[...4 lines deleted...]
-      <c r="K135" s="3"/>
     </row>
     <row r="136" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A136" s="5" t="s">
-[...9 lines deleted...]
-        <v>44232</v>
+      <c r="A136" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="B136" s="2">
+        <v>220</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="D136" s="26">
+        <v>45252</v>
       </c>
       <c r="E136" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="137" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A137" s="5" t="s">
-        <v>79</v>
+        <v>268</v>
       </c>
       <c r="B137" s="9">
-        <v>1.65</v>
+        <v>75</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>391</v>
+        <v>269</v>
       </c>
       <c r="D137" s="25">
-        <v>44340</v>
+        <v>44337</v>
       </c>
       <c r="E137" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="138" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A138" s="5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1.1299999999999999</v>
+        <v>841</v>
+      </c>
+      <c r="B138" s="8">
+        <v>10</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>406</v>
+        <v>842</v>
       </c>
       <c r="D138" s="25">
-        <v>44340</v>
+        <v>45182</v>
       </c>
       <c r="E138" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="139" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A139" s="6" t="s">
-[...9 lines deleted...]
-        <v>45252</v>
+      <c r="A139" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="B139" s="9">
+        <v>1</v>
+      </c>
+      <c r="C139" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D139" s="25">
+        <v>44386</v>
       </c>
       <c r="E139" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="140" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A140" s="5" t="s">
-        <v>345</v>
+        <v>745</v>
       </c>
       <c r="B140" s="9">
-        <v>75</v>
+        <v>5.4</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>346</v>
+        <v>746</v>
       </c>
       <c r="D140" s="25">
-        <v>44337</v>
+        <v>44340</v>
       </c>
       <c r="E140" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="141" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A141" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1169</v>
+      </c>
+      <c r="B141" s="9">
+        <v>220.75</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>919</v>
+        <v>1170</v>
       </c>
       <c r="D141" s="25">
-        <v>45182</v>
-[...3 lines deleted...]
-      </c>
+        <v>45699</v>
+      </c>
+      <c r="E141" s="20"/>
     </row>
     <row r="142" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
-        <v>373</v>
+        <v>654</v>
       </c>
       <c r="B142" s="9">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>375</v>
+        <v>655</v>
       </c>
       <c r="D142" s="25">
-        <v>44386</v>
+        <v>44337</v>
       </c>
       <c r="E142" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="143" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A143" s="5" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-        <v>5.4</v>
+        <v>918</v>
+      </c>
+      <c r="B143" s="8">
+        <v>3.6</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>823</v>
+        <v>919</v>
       </c>
       <c r="D143" s="25">
-        <v>44340</v>
+        <v>45205</v>
       </c>
       <c r="E143" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="144" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A144" s="5" t="s">
-        <v>1247</v>
+        <v>363</v>
       </c>
       <c r="B144" s="9">
-        <v>220.75</v>
+        <v>11.5</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>1248</v>
+        <v>364</v>
       </c>
       <c r="D144" s="25">
-        <v>45699</v>
-[...1 lines deleted...]
-      <c r="E144" s="20"/>
+        <v>44417</v>
+      </c>
+      <c r="E144" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
-        <v>731</v>
+        <v>34</v>
       </c>
       <c r="B145" s="9">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>732</v>
+        <v>92</v>
       </c>
       <c r="D145" s="25">
-        <v>44337</v>
+        <v>44258</v>
       </c>
       <c r="E145" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="5" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>3.6</v>
+        <v>131</v>
+      </c>
+      <c r="B146" s="9">
+        <v>47</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>996</v>
+        <v>132</v>
       </c>
       <c r="D146" s="25">
-        <v>45205</v>
+        <v>44329</v>
       </c>
       <c r="E146" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>845</v>
+      </c>
+      <c r="B147" s="8">
+        <v>14.4</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>441</v>
+        <v>846</v>
       </c>
       <c r="D147" s="25">
-        <v>44417</v>
+        <v>45182</v>
       </c>
       <c r="E147" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="5" t="s">
-        <v>111</v>
+        <v>583</v>
       </c>
       <c r="B148" s="9">
-        <v>500</v>
+        <v>6.1</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>169</v>
+        <v>584</v>
       </c>
       <c r="D148" s="25">
-        <v>44258</v>
+        <v>44335</v>
       </c>
       <c r="E148" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="5" t="s">
-        <v>208</v>
+        <v>50</v>
       </c>
       <c r="B149" s="9">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>1.39</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="D149" s="25">
-        <v>44329</v>
+        <v>44231</v>
       </c>
       <c r="E149" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="5" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>14.4</v>
+        <v>50</v>
+      </c>
+      <c r="B150" s="9">
+        <v>14.18</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>923</v>
+        <v>286</v>
       </c>
       <c r="D150" s="25">
-        <v>45182</v>
+        <v>44340</v>
       </c>
       <c r="E150" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="5" t="s">
-        <v>660</v>
+        <v>50</v>
       </c>
       <c r="B151" s="9">
-        <v>6.1</v>
+        <v>4.5</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>661</v>
+        <v>287</v>
       </c>
       <c r="D151" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E151" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="5" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="B152" s="9">
-        <v>1.39</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>25.62</v>
+      </c>
+      <c r="C152" s="15" t="s">
+        <v>308</v>
       </c>
       <c r="D152" s="25">
-        <v>44231</v>
+        <v>44340</v>
       </c>
       <c r="E152" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="5" t="s">
-        <v>127</v>
+        <v>565</v>
       </c>
       <c r="B153" s="9">
-        <v>14.18</v>
+        <v>10</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>363</v>
+        <v>566</v>
       </c>
       <c r="D153" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E153" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="5" t="s">
-        <v>127</v>
+        <v>347</v>
       </c>
       <c r="B154" s="9">
-        <v>4.5</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="D154" s="25">
         <v>44340</v>
       </c>
       <c r="E154" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="5" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>25.62</v>
+        <v>847</v>
+      </c>
+      <c r="B155" s="8">
+        <v>10</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>385</v>
+        <v>848</v>
       </c>
       <c r="D155" s="25">
-        <v>44340</v>
+        <v>45182</v>
       </c>
       <c r="E155" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="5" t="s">
-        <v>642</v>
+        <v>689</v>
       </c>
       <c r="B156" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>643</v>
+        <v>690</v>
       </c>
       <c r="D156" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E156" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="5" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>4.6500000000000004</v>
+        <v>849</v>
+      </c>
+      <c r="B157" s="8">
+        <v>10</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>425</v>
+        <v>850</v>
       </c>
       <c r="D157" s="25">
-        <v>44340</v>
+        <v>45182</v>
       </c>
       <c r="E157" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="5" t="s">
-        <v>924</v>
+        <v>1173</v>
       </c>
       <c r="B158" s="8">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>925</v>
+        <v>1176</v>
       </c>
       <c r="D158" s="25">
-        <v>45182</v>
-[...5 lines deleted...]
-    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+        <v>45756</v>
+      </c>
+      <c r="E158" s="20"/>
+    </row>
+    <row r="159" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
-        <v>766</v>
+        <v>385</v>
       </c>
       <c r="B159" s="9">
-        <v>20</v>
+        <v>3803.94</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>767</v>
+        <v>386</v>
       </c>
       <c r="D159" s="25">
-        <v>44340</v>
-[...2 lines deleted...]
-        <v>10000</v>
+        <v>44614</v>
+      </c>
+      <c r="E159" s="20" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="5" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>615</v>
+      </c>
+      <c r="B160" s="9">
+        <v>7.4</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>927</v>
+        <v>616</v>
       </c>
       <c r="D160" s="25">
-        <v>45182</v>
+        <v>44335</v>
       </c>
       <c r="E160" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
-        <v>1251</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>559</v>
+      </c>
+      <c r="B161" s="9">
+        <v>10</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>1254</v>
+        <v>560</v>
       </c>
       <c r="D161" s="25">
-        <v>45756</v>
-[...3 lines deleted...]
-    <row r="162" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+        <v>44335</v>
+      </c>
+      <c r="E161" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="5" t="s">
-        <v>462</v>
+        <v>1279</v>
       </c>
       <c r="B162" s="9">
-        <v>3803.94</v>
+        <v>20</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>463</v>
+        <v>1280</v>
       </c>
       <c r="D162" s="25">
-        <v>44614</v>
-[...3 lines deleted...]
-      </c>
+        <v>46062</v>
+      </c>
+      <c r="E162" s="20"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A163" s="5" t="s">
-[...3 lines deleted...]
-        <v>7.4</v>
+      <c r="A163" s="15" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B163" s="14">
+        <v>10</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>693</v>
-[...4 lines deleted...]
-      <c r="E163" s="20">
+        <v>1007</v>
+      </c>
+      <c r="D163" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E163" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A164" s="5" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A164" s="15" t="s">
+        <v>956</v>
+      </c>
+      <c r="B164" s="14">
+        <v>3.64</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>637</v>
-[...4 lines deleted...]
-      <c r="E164" s="20">
+        <v>957</v>
+      </c>
+      <c r="D164" s="23">
+        <v>45272</v>
+      </c>
+      <c r="E164" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="15" t="s">
-        <v>1084</v>
+        <v>995</v>
       </c>
       <c r="B165" s="14">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>1085</v>
+        <v>996</v>
       </c>
       <c r="D165" s="23">
-        <v>45406</v>
+        <v>45362</v>
       </c>
       <c r="E165" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A166" s="15" t="s">
-[...3 lines deleted...]
-        <v>3.64</v>
+      <c r="A166" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="B166" s="9">
+        <v>154.21</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>1035</v>
-[...6 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="D166" s="25">
+        <v>44971</v>
+      </c>
+      <c r="E166" s="20"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A167" s="15" t="s">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="A167" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="B167" s="9">
+        <v>789.52</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>1074</v>
-[...4 lines deleted...]
-      <c r="E167" s="21">
+        <v>419</v>
+      </c>
+      <c r="D167" s="25">
+        <v>44971</v>
+      </c>
+      <c r="E167" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="5" t="s">
-        <v>494</v>
+        <v>800</v>
       </c>
       <c r="B168" s="9">
-        <v>154.21</v>
+        <v>10</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>495</v>
+        <v>801</v>
       </c>
       <c r="D168" s="25">
-        <v>44971</v>
-[...1 lines deleted...]
-      <c r="E168" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E168" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="5" t="s">
-        <v>494</v>
+        <v>1139</v>
       </c>
       <c r="B169" s="9">
-        <v>789.52</v>
+        <v>400</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>496</v>
+        <v>1140</v>
       </c>
       <c r="D169" s="25">
-        <v>44971</v>
+        <v>45588</v>
       </c>
       <c r="E169" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A170" s="5" t="s">
-        <v>877</v>
+        <v>389</v>
       </c>
       <c r="B170" s="9">
-        <v>10</v>
+        <v>423.6</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>878</v>
+        <v>390</v>
       </c>
       <c r="D170" s="25">
-        <v>44341</v>
+        <v>44657</v>
       </c>
       <c r="E170" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="5" t="s">
-        <v>1217</v>
+        <v>671</v>
       </c>
       <c r="B171" s="9">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>1218</v>
+        <v>672</v>
       </c>
       <c r="D171" s="25">
-        <v>45588</v>
+        <v>44340</v>
       </c>
       <c r="E171" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="172" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="5" t="s">
-        <v>466</v>
+        <v>1171</v>
       </c>
       <c r="B172" s="9">
-        <v>423.6</v>
+        <v>10.4</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>467</v>
+        <v>1172</v>
       </c>
       <c r="D172" s="25">
-        <v>44657</v>
+        <v>45729</v>
       </c>
       <c r="E172" s="20">
-        <v>10000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="5" t="s">
-        <v>748</v>
+        <v>369</v>
       </c>
       <c r="B173" s="9">
-        <v>20</v>
+        <v>10.83</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>749</v>
+        <v>370</v>
       </c>
       <c r="D173" s="25">
-        <v>44340</v>
+        <v>44417</v>
       </c>
       <c r="E173" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="5" t="s">
-        <v>1249</v>
+        <v>15</v>
       </c>
       <c r="B174" s="9">
-        <v>10.4</v>
-[...2 lines deleted...]
-        <v>1250</v>
+        <v>26.07</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="D174" s="25">
-        <v>45729</v>
+        <v>44232</v>
       </c>
       <c r="E174" s="20">
-        <v>1000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="5" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="B175" s="9">
-        <v>10.83</v>
+        <v>6.18</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>447</v>
+        <v>250</v>
       </c>
       <c r="D175" s="25">
-        <v>44417</v>
-[...1 lines deleted...]
-      <c r="E175" s="20">
+        <v>44340</v>
+      </c>
+      <c r="E175" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="5" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="B176" s="9">
-        <v>26.07</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>15</v>
+      </c>
+      <c r="C176" s="15" t="s">
+        <v>315</v>
       </c>
       <c r="D176" s="25">
-        <v>44232</v>
+        <v>44340</v>
       </c>
       <c r="E176" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="5" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="B177" s="9">
-        <v>6.18</v>
+        <v>10.38</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D177" s="25">
         <v>44340</v>
       </c>
-      <c r="E177" s="21">
+      <c r="E177" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="5" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="B178" s="9">
-        <v>15</v>
+        <v>9.01</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>392</v>
+        <v>349</v>
       </c>
       <c r="D178" s="25">
         <v>44340</v>
       </c>
       <c r="E178" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="5" t="s">
-        <v>80</v>
+        <v>1200</v>
       </c>
       <c r="B179" s="9">
-        <v>10.38</v>
+        <v>10</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>407</v>
+        <v>1201</v>
       </c>
       <c r="D179" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45831</v>
+      </c>
+      <c r="E179" s="20"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="5" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>9.01</v>
+        <v>465</v>
+      </c>
+      <c r="B180" s="8">
+        <v>10.16</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>426</v>
+        <v>466</v>
       </c>
       <c r="D180" s="25">
-        <v>44340</v>
+        <v>45210</v>
       </c>
       <c r="E180" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
-        <v>1278</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>489</v>
+      </c>
+      <c r="B181" s="8">
+        <v>3</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>1279</v>
+        <v>490</v>
       </c>
       <c r="D181" s="25">
-        <v>45831</v>
-[...1 lines deleted...]
-      <c r="E181" s="20"/>
+        <v>45211</v>
+      </c>
+      <c r="E181" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="5" t="s">
-        <v>542</v>
+        <v>851</v>
       </c>
       <c r="B182" s="8">
-        <v>10.16</v>
+        <v>10</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>543</v>
+        <v>852</v>
       </c>
       <c r="D182" s="25">
-        <v>45210</v>
+        <v>45182</v>
       </c>
       <c r="E182" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="5" t="s">
-        <v>566</v>
+        <v>1189</v>
       </c>
       <c r="B183" s="8">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>567</v>
+        <v>1190</v>
       </c>
       <c r="D183" s="25">
-        <v>45211</v>
-[...3 lines deleted...]
-      </c>
+        <v>45762</v>
+      </c>
+      <c r="E183" s="20"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="5" t="s">
-        <v>928</v>
+        <v>1257</v>
       </c>
       <c r="B184" s="8">
         <v>10</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>929</v>
+        <v>1261</v>
       </c>
       <c r="D184" s="25">
-        <v>45182</v>
-[...3 lines deleted...]
-      </c>
+        <v>45993</v>
+      </c>
+      <c r="E184" s="20"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="5" t="s">
-        <v>1267</v>
-[...5 lines deleted...]
-        <v>1268</v>
+        <v>8</v>
+      </c>
+      <c r="B185" s="9">
+        <v>1.46</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="D185" s="25">
-        <v>45762</v>
-[...1 lines deleted...]
-      <c r="E185" s="20"/>
+        <v>44231</v>
+      </c>
+      <c r="E185" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="5" t="s">
-        <v>73</v>
+        <v>741</v>
       </c>
       <c r="B186" s="9">
-        <v>1.46</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>20</v>
+      </c>
+      <c r="C186" s="15" t="s">
+        <v>742</v>
       </c>
       <c r="D186" s="25">
-        <v>44231</v>
+        <v>44340</v>
       </c>
       <c r="E186" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="5" t="s">
-        <v>818</v>
+        <v>693</v>
       </c>
       <c r="B187" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>819</v>
+        <v>694</v>
       </c>
       <c r="D187" s="25">
         <v>44340</v>
       </c>
       <c r="E187" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="5" t="s">
-        <v>770</v>
+        <v>1245</v>
       </c>
       <c r="B188" s="9">
-        <v>10</v>
+        <v>3.8</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>771</v>
+        <v>1246</v>
       </c>
       <c r="D188" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45929</v>
+      </c>
+      <c r="E188" s="20"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="5" t="s">
-        <v>1325</v>
-[...2 lines deleted...]
-        <v>3.8</v>
+        <v>853</v>
+      </c>
+      <c r="B189" s="8">
+        <v>40</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>1326</v>
+        <v>854</v>
       </c>
       <c r="D189" s="25">
-        <v>45929</v>
-[...1 lines deleted...]
-      <c r="E189" s="20"/>
+        <v>45182</v>
+      </c>
+      <c r="E189" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="5" t="s">
-        <v>930</v>
+        <v>1196</v>
       </c>
       <c r="B190" s="8">
-        <v>40</v>
+        <v>97</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>931</v>
+        <v>1197</v>
       </c>
       <c r="D190" s="25">
-        <v>45182</v>
-[...3 lines deleted...]
-      </c>
+        <v>45831</v>
+      </c>
+      <c r="E190" s="20"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="5" t="s">
-        <v>1274</v>
+        <v>1149</v>
       </c>
       <c r="B191" s="8">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>1275</v>
+        <v>1150</v>
       </c>
       <c r="D191" s="25">
-        <v>45831</v>
+        <v>45635</v>
       </c>
       <c r="E191" s="20"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="5" t="s">
-        <v>1227</v>
+        <v>1247</v>
       </c>
       <c r="B192" s="8">
-        <v>10</v>
+        <v>8.6</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>1228</v>
+        <v>1248</v>
       </c>
       <c r="D192" s="25">
-        <v>45635</v>
+        <v>45929</v>
       </c>
       <c r="E192" s="20"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="5" t="s">
-        <v>1327</v>
+        <v>855</v>
       </c>
       <c r="B193" s="8">
-        <v>8.6</v>
+        <v>20</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>1328</v>
+        <v>856</v>
       </c>
       <c r="D193" s="25">
-        <v>45929</v>
-[...1 lines deleted...]
-      <c r="E193" s="20"/>
+        <v>45182</v>
+      </c>
+      <c r="E193" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="5" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>404</v>
+      </c>
+      <c r="B194" s="9">
+        <v>1048.1300000000001</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>933</v>
+        <v>405</v>
       </c>
       <c r="D194" s="25">
-        <v>45182</v>
+        <v>44762</v>
       </c>
       <c r="E194" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="5" t="s">
-        <v>481</v>
+        <v>679</v>
       </c>
       <c r="B195" s="9">
-        <v>1048.1300000000001</v>
+        <v>10</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>482</v>
+        <v>680</v>
       </c>
       <c r="D195" s="25">
-        <v>44762</v>
+        <v>44340</v>
       </c>
       <c r="E195" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="5" t="s">
-        <v>756</v>
+        <v>930</v>
       </c>
       <c r="B196" s="9">
-        <v>10</v>
+        <v>130.12</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>757</v>
+        <v>90</v>
       </c>
       <c r="D196" s="25">
-        <v>44340</v>
+        <v>44235</v>
       </c>
       <c r="E196" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="5" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>130.12</v>
+        <v>100</v>
+      </c>
+      <c r="B197" s="16">
+        <v>10.199999999999999</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="D197" s="25">
-        <v>44235</v>
+        <v>44307</v>
       </c>
       <c r="E197" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="5" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>10.199999999999999</v>
+        <v>857</v>
+      </c>
+      <c r="B198" s="8">
+        <v>10</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>180</v>
+        <v>858</v>
       </c>
       <c r="D198" s="25">
-        <v>44307</v>
+        <v>45182</v>
       </c>
       <c r="E198" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="5" t="s">
-        <v>934</v>
+        <v>485</v>
       </c>
       <c r="B199" s="8">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>935</v>
+        <v>486</v>
       </c>
       <c r="D199" s="25">
-        <v>45182</v>
+        <v>45211</v>
       </c>
       <c r="E199" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="5" t="s">
-        <v>562</v>
-[...5 lines deleted...]
-        <v>563</v>
+        <v>52</v>
+      </c>
+      <c r="B200" s="9">
+        <v>10.26</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="D200" s="25">
-        <v>45211</v>
+        <v>44232</v>
       </c>
       <c r="E200" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="5" t="s">
-        <v>129</v>
+        <v>1220</v>
       </c>
       <c r="B201" s="9">
-        <v>10.26</v>
+        <v>17.45</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>130</v>
+        <v>1221</v>
       </c>
       <c r="D201" s="25">
-        <v>44232</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E201" s="20"/>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="5" t="s">
-        <v>1300</v>
+        <v>635</v>
       </c>
       <c r="B202" s="9">
-        <v>17.45</v>
-[...2 lines deleted...]
-        <v>1301</v>
+        <v>10</v>
+      </c>
+      <c r="C202" s="15" t="s">
+        <v>636</v>
       </c>
       <c r="D202" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E202" s="20"/>
+        <v>44336</v>
+      </c>
+      <c r="E202" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="5" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>459</v>
+      </c>
+      <c r="B203" s="8">
+        <v>230.25</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>713</v>
+        <v>460</v>
       </c>
       <c r="D203" s="25">
-        <v>44336</v>
+        <v>45210</v>
       </c>
       <c r="E203" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="5" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>230.25</v>
+        <v>626</v>
+      </c>
+      <c r="B204" s="9">
+        <v>20</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>537</v>
+        <v>627</v>
       </c>
       <c r="D204" s="25">
-        <v>45210</v>
+        <v>44336</v>
       </c>
       <c r="E204" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="5" t="s">
-        <v>703</v>
+        <v>626</v>
       </c>
       <c r="B205" s="9">
         <v>20</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>704</v>
+        <v>628</v>
       </c>
       <c r="D205" s="25">
         <v>44336</v>
       </c>
       <c r="E205" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="5" t="s">
-        <v>703</v>
+        <v>1101</v>
       </c>
       <c r="B206" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>705</v>
+        <v>1102</v>
       </c>
       <c r="D206" s="25">
-        <v>44336</v>
+        <v>45558</v>
       </c>
       <c r="E206" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="5" t="s">
-        <v>1179</v>
+        <v>1153</v>
       </c>
       <c r="B207" s="9">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="D207" s="25">
-        <v>45558</v>
+        <v>45680</v>
       </c>
       <c r="E207" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="5" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>859</v>
+      </c>
+      <c r="B208" s="8">
+        <v>20</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>1232</v>
+        <v>860</v>
       </c>
       <c r="D208" s="25">
-        <v>45680</v>
+        <v>45182</v>
       </c>
       <c r="E208" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A209" s="5" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="A209" s="15" t="s">
+        <v>988</v>
+      </c>
+      <c r="B209" s="14">
+        <v>60</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-      <c r="E209" s="20">
+        <v>989</v>
+      </c>
+      <c r="D209" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E209" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A210" s="15" t="s">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="A210" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="B210" s="8">
+        <v>10</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>1067</v>
-[...4 lines deleted...]
-      <c r="E210" s="21">
+        <v>862</v>
+      </c>
+      <c r="D210" s="25">
+        <v>45184</v>
+      </c>
+      <c r="E210" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>144</v>
+      </c>
+      <c r="B211" s="9">
+        <v>6.78</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>939</v>
+        <v>145</v>
       </c>
       <c r="D211" s="25">
-        <v>45184</v>
+        <v>44329</v>
       </c>
       <c r="E211" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="5" t="s">
-        <v>221</v>
+        <v>144</v>
       </c>
       <c r="B212" s="9">
-        <v>6.78</v>
+        <v>10.17</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>222</v>
+        <v>157</v>
       </c>
       <c r="D212" s="25">
         <v>44329</v>
       </c>
       <c r="E212" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="5" t="s">
-        <v>221</v>
+        <v>144</v>
       </c>
       <c r="B213" s="9">
         <v>10.17</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>234</v>
+        <v>161</v>
       </c>
       <c r="D213" s="25">
         <v>44329</v>
       </c>
       <c r="E213" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="5" t="s">
-        <v>221</v>
+        <v>144</v>
       </c>
       <c r="B214" s="9">
-        <v>10.17</v>
+        <v>6.78</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>238</v>
+        <v>162</v>
       </c>
       <c r="D214" s="25">
         <v>44329</v>
       </c>
       <c r="E214" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="5" t="s">
-        <v>221</v>
+        <v>1114</v>
       </c>
       <c r="B215" s="9">
-        <v>6.78</v>
+        <v>280.52</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>239</v>
+        <v>1115</v>
       </c>
       <c r="D215" s="25">
-        <v>44329</v>
+        <v>45588</v>
       </c>
       <c r="E215" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="5" t="s">
-        <v>1192</v>
+        <v>772</v>
       </c>
       <c r="B216" s="9">
-        <v>280.52</v>
+        <v>10</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>1193</v>
+        <v>773</v>
       </c>
       <c r="D216" s="25">
-        <v>45588</v>
+        <v>44341</v>
       </c>
       <c r="E216" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="5" t="s">
-        <v>849</v>
+        <v>1218</v>
       </c>
       <c r="B217" s="9">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>850</v>
+        <v>1219</v>
       </c>
       <c r="D217" s="25">
-        <v>44341</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E217" s="20"/>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="5" t="s">
-        <v>1298</v>
+        <v>248</v>
       </c>
       <c r="B218" s="9">
-        <v>28</v>
+        <v>21.65</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>1299</v>
+        <v>249</v>
       </c>
       <c r="D218" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E218" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E218" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="5" t="s">
-        <v>325</v>
+        <v>248</v>
       </c>
       <c r="B219" s="9">
-        <v>21.65</v>
+        <v>31.44</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>326</v>
+        <v>350</v>
       </c>
       <c r="D219" s="25">
         <v>44340</v>
       </c>
       <c r="E219" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="5" t="s">
-        <v>325</v>
+        <v>423</v>
       </c>
       <c r="B220" s="9">
-        <v>31.44</v>
+        <v>155.85</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="D220" s="25">
-        <v>44340</v>
+        <v>45028</v>
       </c>
       <c r="E220" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="5" t="s">
-        <v>500</v>
+        <v>423</v>
       </c>
       <c r="B221" s="9">
         <v>155.85</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>502</v>
+        <v>426</v>
       </c>
       <c r="D221" s="25">
         <v>45028</v>
       </c>
       <c r="E221" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="5" t="s">
-        <v>500</v>
+        <v>587</v>
       </c>
       <c r="B222" s="9">
-        <v>155.85</v>
+        <v>12.5</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>503</v>
+        <v>588</v>
       </c>
       <c r="D222" s="25">
-        <v>45028</v>
+        <v>44335</v>
       </c>
       <c r="E222" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="5" t="s">
-        <v>664</v>
+        <v>545</v>
       </c>
       <c r="B223" s="9">
-        <v>12.5</v>
+        <v>10</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>665</v>
+        <v>546</v>
       </c>
       <c r="D223" s="25">
-        <v>44335</v>
+        <v>44328</v>
       </c>
       <c r="E223" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="5" t="s">
-        <v>622</v>
+        <v>652</v>
       </c>
       <c r="B224" s="9">
         <v>10</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>623</v>
+        <v>653</v>
       </c>
       <c r="D224" s="25">
-        <v>44328</v>
+        <v>44337</v>
       </c>
       <c r="E224" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="5" t="s">
-        <v>729</v>
+        <v>1046</v>
       </c>
       <c r="B225" s="9">
         <v>10</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>730</v>
+        <v>1047</v>
       </c>
       <c r="D225" s="25">
-        <v>44337</v>
+        <v>45525</v>
       </c>
       <c r="E225" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="5" t="s">
-        <v>1124</v>
+        <v>264</v>
       </c>
       <c r="B226" s="9">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>1125</v>
+        <v>265</v>
       </c>
       <c r="D226" s="25">
-        <v>45525</v>
+        <v>44337</v>
       </c>
       <c r="E226" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="5" t="s">
-        <v>341</v>
+        <v>264</v>
       </c>
       <c r="B227" s="9">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="D227" s="25">
         <v>44337</v>
       </c>
       <c r="E227" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="5" t="s">
-        <v>341</v>
+        <v>264</v>
       </c>
       <c r="B228" s="9">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>349</v>
+        <v>273</v>
       </c>
       <c r="D228" s="25">
         <v>44337</v>
       </c>
       <c r="E228" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="5" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>450</v>
+      </c>
+      <c r="B229" s="8">
+        <v>2</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>350</v>
+        <v>451</v>
       </c>
       <c r="D229" s="25">
-        <v>44337</v>
+        <v>45205</v>
       </c>
       <c r="E229" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="5" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>373</v>
+      </c>
+      <c r="B230" s="9">
+        <v>1021</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>528</v>
+        <v>374</v>
       </c>
       <c r="D230" s="25">
-        <v>45205</v>
+        <v>44609</v>
       </c>
       <c r="E230" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="5" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>1021</v>
+        <v>487</v>
+      </c>
+      <c r="B231" s="8">
+        <v>25</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>451</v>
+        <v>488</v>
       </c>
       <c r="D231" s="25">
-        <v>44609</v>
+        <v>45211</v>
       </c>
       <c r="E231" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="5" t="s">
-        <v>564</v>
+        <v>487</v>
       </c>
       <c r="B232" s="8">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>565</v>
+        <v>505</v>
       </c>
       <c r="D232" s="25">
         <v>45211</v>
       </c>
       <c r="E232" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="5" t="s">
-        <v>564</v>
-[...12 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="B233" s="9">
+        <v>236.75</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D233" s="27">
+        <v>45699</v>
+      </c>
+      <c r="E233" s="20"/>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="5" t="s">
-        <v>1239</v>
-[...10 lines deleted...]
-      <c r="E234" s="20"/>
+        <v>514</v>
+      </c>
+      <c r="B234" s="8">
+        <v>5</v>
+      </c>
+      <c r="C234" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D234" s="25">
+        <v>45211</v>
+      </c>
+      <c r="E234" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="5" t="s">
-        <v>591</v>
+        <v>863</v>
       </c>
       <c r="B235" s="8">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>592</v>
+        <v>864</v>
       </c>
       <c r="D235" s="25">
-        <v>45211</v>
+        <v>45184</v>
       </c>
       <c r="E235" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="5" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>714</v>
+      </c>
+      <c r="B236" s="9">
+        <v>20</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>941</v>
+        <v>715</v>
       </c>
       <c r="D236" s="25">
-        <v>45184</v>
+        <v>44340</v>
       </c>
       <c r="E236" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="5" t="s">
-        <v>791</v>
+        <v>1258</v>
       </c>
       <c r="B237" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>792</v>
+        <v>1262</v>
       </c>
       <c r="D237" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45993</v>
+      </c>
+      <c r="E237" s="20"/>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="5" t="s">
-        <v>942</v>
+        <v>865</v>
       </c>
       <c r="B238" s="8">
         <v>10</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>943</v>
+        <v>866</v>
       </c>
       <c r="D238" s="25">
         <v>45184</v>
       </c>
       <c r="E238" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="5" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>7.6</v>
+        <v>1259</v>
+      </c>
+      <c r="B239" s="8">
+        <v>10</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>886</v>
+        <v>1260</v>
       </c>
       <c r="D239" s="25">
-        <v>44341</v>
-[...3 lines deleted...]
-      </c>
+        <v>45993</v>
+      </c>
+      <c r="E239" s="20"/>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="5" t="s">
-        <v>267</v>
+        <v>808</v>
       </c>
       <c r="B240" s="9">
-        <v>11.45</v>
+        <v>7.6</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>268</v>
+        <v>809</v>
       </c>
       <c r="D240" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E240" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="5" t="s">
-        <v>1276</v>
+        <v>190</v>
       </c>
       <c r="B241" s="9">
-        <v>10</v>
+        <v>11.45</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>1277</v>
+        <v>191</v>
       </c>
       <c r="D241" s="25">
-        <v>45831</v>
-[...1 lines deleted...]
-      <c r="E241" s="20"/>
+        <v>44335</v>
+      </c>
+      <c r="E241" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="5" t="s">
-        <v>706</v>
+        <v>1198</v>
       </c>
       <c r="B242" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>707</v>
+        <v>1199</v>
       </c>
       <c r="D242" s="25">
-        <v>44336</v>
-[...3 lines deleted...]
-      </c>
+        <v>45831</v>
+      </c>
+      <c r="E242" s="20"/>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="5" t="s">
-        <v>108</v>
+        <v>629</v>
       </c>
       <c r="B243" s="9">
+        <v>20</v>
+      </c>
+      <c r="C243" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="D243" s="25">
+        <v>44336</v>
+      </c>
+      <c r="E243" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A244" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B244" s="9">
         <v>103</v>
       </c>
-      <c r="C243" s="15" t="s">
-[...17 lines deleted...]
-        <v>151</v>
+      <c r="C244" s="15" t="s">
+        <v>91</v>
       </c>
       <c r="D244" s="25">
         <v>44235</v>
       </c>
       <c r="E244" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="245" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A245" s="5" t="s">
-        <v>685</v>
+        <v>931</v>
       </c>
       <c r="B245" s="9">
+        <v>24.5</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D245" s="25">
+        <v>44235</v>
+      </c>
+      <c r="E245" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A246" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="B246" s="9">
         <v>5.4</v>
       </c>
-      <c r="C245" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D245" s="25">
+      <c r="C246" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="D246" s="25">
         <v>44335</v>
       </c>
-      <c r="E245" s="20">
-[...7 lines deleted...]
-      <c r="B246" s="14">
+      <c r="E246" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A247" s="15" t="s">
+        <v>964</v>
+      </c>
+      <c r="B247" s="14">
         <v>19.579999999999998</v>
       </c>
-      <c r="C246" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D246" s="23">
+      <c r="C247" s="15" t="s">
+        <v>965</v>
+      </c>
+      <c r="D247" s="23">
         <v>45272</v>
       </c>
-      <c r="E246" s="20">
-[...17 lines deleted...]
-        <v>488</v>
+      <c r="E247" s="20">
+        <v>10000</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="5" t="s">
-        <v>173</v>
+        <v>96</v>
       </c>
       <c r="B248" s="9">
         <v>1.43</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>174</v>
+        <v>97</v>
       </c>
       <c r="D248" s="25">
         <v>44232</v>
       </c>
       <c r="E248" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="5" t="s">
-        <v>173</v>
+        <v>96</v>
       </c>
       <c r="B249" s="9">
         <v>2.12</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>393</v>
+        <v>316</v>
       </c>
       <c r="D249" s="25">
         <v>44340</v>
       </c>
       <c r="E249" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B250" s="8">
         <v>85.35</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>568</v>
+        <v>491</v>
       </c>
       <c r="D250" s="25">
         <v>45211</v>
       </c>
       <c r="E250" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="5" t="s">
-        <v>1304</v>
+        <v>1224</v>
       </c>
       <c r="B251" s="8">
         <v>10</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>1305</v>
+        <v>1225</v>
       </c>
       <c r="D251" s="25">
         <v>45887</v>
       </c>
       <c r="E251" s="20"/>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="5" t="s">
-        <v>136</v>
+        <v>59</v>
       </c>
       <c r="B252" s="9">
         <v>1.24</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>137</v>
+        <v>60</v>
       </c>
       <c r="D252" s="25">
         <v>44232</v>
       </c>
       <c r="E252" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="5" t="s">
-        <v>654</v>
+        <v>577</v>
       </c>
       <c r="B253" s="9">
         <v>10</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>655</v>
+        <v>578</v>
       </c>
       <c r="D253" s="25">
         <v>44335</v>
       </c>
       <c r="E253" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="5" t="s">
-        <v>259</v>
+        <v>1282</v>
       </c>
       <c r="B254" s="9">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>260</v>
+        <v>1283</v>
       </c>
       <c r="D254" s="25">
-        <v>44335</v>
-[...3 lines deleted...]
-      </c>
+        <v>46062</v>
+      </c>
+      <c r="E254" s="20"/>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="5" t="s">
-        <v>259</v>
+        <v>182</v>
       </c>
       <c r="B255" s="9">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="D255" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E255" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="5" t="s">
-        <v>69</v>
+        <v>182</v>
       </c>
       <c r="B256" s="9">
-        <v>19.350000000000001</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>25</v>
+      </c>
+      <c r="C256" s="15" t="s">
+        <v>212</v>
       </c>
       <c r="D256" s="25">
-        <v>44082</v>
+        <v>44340</v>
       </c>
       <c r="E256" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>867</v>
+      </c>
+      <c r="B257" s="8">
+        <v>10</v>
+      </c>
+      <c r="C257" s="15" t="s">
+        <v>868</v>
       </c>
       <c r="D257" s="25">
-        <v>43875</v>
+        <v>45184</v>
       </c>
       <c r="E257" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="5" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="B258" s="8">
+        <v>762</v>
+      </c>
+      <c r="B258" s="9">
         <v>10</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>945</v>
+        <v>763</v>
       </c>
       <c r="D258" s="25">
-        <v>45184</v>
+        <v>44341</v>
       </c>
       <c r="E258" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="5" t="s">
-        <v>839</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>538</v>
+      </c>
+      <c r="B259" s="8">
+        <v>9.4</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>840</v>
+        <v>539</v>
       </c>
       <c r="D259" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E259" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="5" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>9.4</v>
+        <v>752</v>
+      </c>
+      <c r="B260" s="9">
+        <v>8.9</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>616</v>
+        <v>753</v>
       </c>
       <c r="D260" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E260" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="5" t="s">
-        <v>829</v>
+        <v>281</v>
       </c>
       <c r="B261" s="9">
-        <v>8.9</v>
+        <v>10</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>830</v>
+        <v>282</v>
       </c>
       <c r="D261" s="25">
-        <v>44340</v>
+        <v>44337</v>
       </c>
       <c r="E261" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="5" t="s">
-        <v>358</v>
+        <v>561</v>
       </c>
       <c r="B262" s="9">
         <v>10</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>359</v>
+        <v>562</v>
       </c>
       <c r="D262" s="25">
-        <v>44337</v>
+        <v>44335</v>
       </c>
       <c r="E262" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="5" t="s">
-        <v>97</v>
+        <v>312</v>
       </c>
       <c r="B263" s="9">
-        <v>2.25</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>1.54</v>
+      </c>
+      <c r="C263" s="15" t="s">
+        <v>317</v>
       </c>
       <c r="D263" s="25">
-        <v>44175</v>
+        <v>44340</v>
       </c>
       <c r="E263" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="5" t="s">
-        <v>638</v>
+        <v>726</v>
       </c>
       <c r="B264" s="9">
         <v>10</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>639</v>
+        <v>727</v>
       </c>
       <c r="D264" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E264" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="5" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>1.54</v>
+        <v>873</v>
+      </c>
+      <c r="B265" s="8">
+        <v>11.6</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>394</v>
+        <v>874</v>
       </c>
       <c r="D265" s="25">
-        <v>44340</v>
+        <v>45184</v>
       </c>
       <c r="E265" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="5" t="s">
-        <v>803</v>
+        <v>766</v>
       </c>
       <c r="B266" s="9">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>804</v>
+        <v>767</v>
       </c>
       <c r="D266" s="25">
-        <v>44340</v>
+        <v>44341</v>
       </c>
       <c r="E266" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="5" t="s">
-        <v>950</v>
-[...2 lines deleted...]
-        <v>11.6</v>
+        <v>606</v>
+      </c>
+      <c r="B267" s="9">
+        <v>4.4000000000000004</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>951</v>
+        <v>607</v>
       </c>
       <c r="D267" s="25">
-        <v>45184</v>
+        <v>44335</v>
       </c>
       <c r="E267" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="5" t="s">
-        <v>843</v>
+        <v>146</v>
       </c>
       <c r="B268" s="9">
-        <v>20</v>
+        <v>11.62</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>844</v>
+        <v>147</v>
       </c>
       <c r="D268" s="25">
-        <v>44341</v>
+        <v>44329</v>
       </c>
       <c r="E268" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="5" t="s">
-        <v>683</v>
+        <v>730</v>
       </c>
       <c r="B269" s="9">
-        <v>4.4000000000000004</v>
+        <v>10</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>684</v>
+        <v>731</v>
       </c>
       <c r="D269" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E269" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="5" t="s">
-        <v>223</v>
+        <v>796</v>
       </c>
       <c r="B270" s="9">
-        <v>11.62</v>
+        <v>10</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>224</v>
+        <v>797</v>
       </c>
       <c r="D270" s="25">
-        <v>44329</v>
+        <v>44341</v>
       </c>
       <c r="E270" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="5" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>875</v>
+      </c>
+      <c r="B271" s="8">
+        <v>9.8000000000000007</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>808</v>
+        <v>876</v>
       </c>
       <c r="D271" s="25">
-        <v>44340</v>
+        <v>45184</v>
       </c>
       <c r="E271" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="5" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>412</v>
+      </c>
+      <c r="B272" s="16">
+        <v>500</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>874</v>
+        <v>413</v>
       </c>
       <c r="D272" s="25">
-        <v>44341</v>
+        <v>44971</v>
       </c>
       <c r="E272" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A273" s="5" t="s">
-        <v>952</v>
-[...2 lines deleted...]
-        <v>9.8000000000000007</v>
+        <v>780</v>
+      </c>
+      <c r="B273" s="9">
+        <v>20</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>953</v>
+        <v>781</v>
       </c>
       <c r="D273" s="25">
-        <v>45184</v>
+        <v>44341</v>
       </c>
       <c r="E273" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="274" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A274" s="5" t="s">
-[...3 lines deleted...]
-        <v>500</v>
+      <c r="A274" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="B274" s="14">
+        <v>1000</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>490</v>
-[...4 lines deleted...]
-      <c r="E274" s="20">
+        <v>991</v>
+      </c>
+      <c r="D274" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E274" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A275" s="5" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="A275" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="B275" s="14">
+        <v>10</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-        <v>44341</v>
+        <v>971</v>
+      </c>
+      <c r="D275" s="23">
+        <v>45335</v>
       </c>
       <c r="E275" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="276" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A276" s="15" t="s">
-[...11 lines deleted...]
-      <c r="E276" s="21">
+      <c r="A276" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B276" s="9">
+        <v>1.93</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D276" s="25">
+        <v>44231</v>
+      </c>
+      <c r="E276" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A277" s="5" t="s">
-        <v>9</v>
+        <v>722</v>
       </c>
       <c r="B277" s="9">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>10</v>
+      </c>
+      <c r="C277" s="15" t="s">
+        <v>723</v>
       </c>
       <c r="D277" s="25">
-        <v>44082</v>
+        <v>44340</v>
       </c>
       <c r="E277" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="278" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A278" s="15" t="s">
-[...9 lines deleted...]
-        <v>45335</v>
+      <c r="A278" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B278" s="9">
+        <v>15.31</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D278" s="25">
+        <v>44231</v>
       </c>
       <c r="E278" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A279" s="5" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="B279" s="9">
-        <v>1.93</v>
+        <v>5.87</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="D279" s="25">
         <v>44231</v>
       </c>
       <c r="E279" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="280" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A280" s="5" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>358</v>
+      </c>
+      <c r="B280" s="16">
+        <v>47.61</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>800</v>
+        <v>361</v>
       </c>
       <c r="D280" s="25">
-        <v>44340</v>
+        <v>44417</v>
       </c>
       <c r="E280" s="20">
         <v>10000</v>
       </c>
+      <c r="G280" s="9"/>
     </row>
     <row r="281" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A281" s="5" t="s">
-        <v>122</v>
+        <v>798</v>
       </c>
       <c r="B281" s="9">
-        <v>15.31</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>20</v>
+      </c>
+      <c r="C281" s="15" t="s">
+        <v>799</v>
       </c>
       <c r="D281" s="25">
-        <v>44231</v>
+        <v>44341</v>
       </c>
       <c r="E281" s="20">
         <v>10000</v>
       </c>
+      <c r="G281" s="9"/>
     </row>
     <row r="282" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A282" s="5" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-        <v>124</v>
+        <v>920</v>
+      </c>
+      <c r="B282" s="16">
+        <v>7.32</v>
+      </c>
+      <c r="C282" s="15" t="s">
+        <v>921</v>
       </c>
       <c r="D282" s="25">
-        <v>44231</v>
+        <v>45205</v>
       </c>
       <c r="E282" s="20">
         <v>10000</v>
       </c>
+      <c r="G282" s="9"/>
     </row>
     <row r="283" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A283" s="5" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>47.61</v>
+        <v>920</v>
+      </c>
+      <c r="B283" s="8">
+        <v>7.8</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>438</v>
+        <v>926</v>
       </c>
       <c r="D283" s="25">
-        <v>44417</v>
+        <v>45205</v>
       </c>
       <c r="E283" s="20">
         <v>10000</v>
       </c>
       <c r="G283" s="9"/>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A284" s="5" t="s">
-        <v>875</v>
+        <v>193</v>
       </c>
       <c r="B284" s="9">
-        <v>20</v>
+        <v>27.1</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>876</v>
+        <v>194</v>
       </c>
       <c r="D284" s="25">
-        <v>44341</v>
+        <v>44335</v>
       </c>
       <c r="E284" s="20">
         <v>10000</v>
       </c>
       <c r="G284" s="9"/>
     </row>
     <row r="285" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A285" s="5" t="s">
-[...3 lines deleted...]
-        <v>7.32</v>
+      <c r="A285" s="15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B285" s="14">
+        <v>10</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>998</v>
-[...4 lines deleted...]
-      <c r="E285" s="20">
+        <v>1023</v>
+      </c>
+      <c r="D285" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E285" s="21">
         <v>10000</v>
       </c>
       <c r="G285" s="9"/>
     </row>
     <row r="286" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A286" s="5" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-        <v>7.8</v>
+        <v>754</v>
+      </c>
+      <c r="B286" s="9">
+        <v>6.2</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>1003</v>
+        <v>755</v>
       </c>
       <c r="D286" s="25">
-        <v>45205</v>
+        <v>44340</v>
       </c>
       <c r="E286" s="20">
         <v>10000</v>
       </c>
       <c r="G286" s="9"/>
     </row>
     <row r="287" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A287" s="5" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>27.1</v>
+        <v>520</v>
+      </c>
+      <c r="B287" s="8">
+        <v>75</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>271</v>
+        <v>521</v>
       </c>
       <c r="D287" s="25">
-        <v>44335</v>
+        <v>45211</v>
       </c>
       <c r="E287" s="20">
         <v>10000</v>
       </c>
       <c r="G287" s="9"/>
     </row>
     <row r="288" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A288" s="15" t="s">
-[...11 lines deleted...]
-      <c r="E288" s="21">
+      <c r="A288" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B288" s="9">
+        <v>5.45</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D288" s="25">
+        <v>44232</v>
+      </c>
+      <c r="E288" s="20">
         <v>10000</v>
       </c>
       <c r="G288" s="9"/>
     </row>
     <row r="289" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A289" s="5" t="s">
-        <v>831</v>
+        <v>1284</v>
       </c>
       <c r="B289" s="9">
-        <v>6.2</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>10</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>1285</v>
       </c>
       <c r="D289" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>46062</v>
+      </c>
+      <c r="E289" s="20"/>
       <c r="G289" s="9"/>
     </row>
     <row r="290" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A290" s="5" t="s">
-        <v>597</v>
+        <v>483</v>
       </c>
       <c r="B290" s="8">
-        <v>75</v>
+        <v>16.07</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>598</v>
+        <v>484</v>
       </c>
       <c r="D290" s="25">
         <v>45211</v>
       </c>
       <c r="E290" s="20">
         <v>10000</v>
       </c>
-      <c r="G290" s="9"/>
     </row>
     <row r="291" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A291" s="5" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="B291" s="9">
-        <v>5.45</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>46.12</v>
+      </c>
+      <c r="C291" s="15" t="s">
+        <v>177</v>
       </c>
       <c r="D291" s="25">
-        <v>44232</v>
+        <v>44335</v>
       </c>
       <c r="E291" s="20">
         <v>10000</v>
       </c>
-      <c r="G291" s="9"/>
     </row>
     <row r="292" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A292" s="5" t="s">
-[...3 lines deleted...]
-        <v>16.07</v>
+      <c r="A292" s="15" t="s">
+        <v>960</v>
+      </c>
+      <c r="B292" s="14">
+        <v>4.53</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>45211</v>
+        <v>961</v>
+      </c>
+      <c r="D292" s="23">
+        <v>45272</v>
       </c>
       <c r="E292" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="293" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A293" s="15" t="s">
-[...3 lines deleted...]
-        <v>4.9000000000000004</v>
+      <c r="A293" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="B293" s="9">
+        <v>8.1999999999999993</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>34</v>
+        <v>596</v>
       </c>
       <c r="D293" s="25">
-        <v>43958</v>
+        <v>44335</v>
       </c>
       <c r="E293" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="294" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A294" s="5" t="s">
-        <v>57</v>
+        <v>125</v>
       </c>
       <c r="B294" s="9">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>24</v>
+      </c>
+      <c r="C294" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="D294" s="25">
-        <v>44082</v>
+        <v>44329</v>
       </c>
       <c r="E294" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="295" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A295" s="5" t="s">
-        <v>253</v>
+        <v>681</v>
       </c>
       <c r="B295" s="9">
-        <v>46.12</v>
+        <v>10</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>254</v>
+        <v>682</v>
       </c>
       <c r="D295" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E295" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A296" s="5" t="s">
-        <v>95</v>
+        <v>359</v>
       </c>
       <c r="B296" s="9">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>5</v>
+      </c>
+      <c r="C296" s="15" t="s">
+        <v>360</v>
       </c>
       <c r="D296" s="25">
-        <v>44180</v>
+        <v>44417</v>
       </c>
       <c r="E296" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="297" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A297" s="15" t="s">
-[...3 lines deleted...]
-        <v>4.53</v>
+      <c r="A297" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="B297" s="9">
+        <v>10</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>45272</v>
+        <v>775</v>
+      </c>
+      <c r="D297" s="25">
+        <v>44341</v>
       </c>
       <c r="E297" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A298" s="5" t="s">
-        <v>672</v>
+        <v>1226</v>
       </c>
       <c r="B298" s="9">
-        <v>8.1999999999999993</v>
+        <v>10</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>673</v>
+        <v>1227</v>
       </c>
       <c r="D298" s="25">
-        <v>44335</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E298" s="20"/>
     </row>
     <row r="299" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A299" s="5" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B299" s="9">
-        <v>24</v>
+        <v>18.920000000000002</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D299" s="25">
-        <v>44329</v>
+        <v>44336</v>
       </c>
       <c r="E299" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="300" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A300" s="5" t="s">
-        <v>758</v>
+        <v>1089</v>
       </c>
       <c r="B300" s="9">
         <v>10</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>759</v>
+        <v>1090</v>
       </c>
       <c r="D300" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E300" s="20"/>
     </row>
     <row r="301" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A301" s="5" t="s">
-        <v>436</v>
+        <v>217</v>
       </c>
       <c r="B301" s="9">
-        <v>5</v>
+        <v>20.59</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>437</v>
+        <v>218</v>
       </c>
       <c r="D301" s="25">
-        <v>44417</v>
+        <v>44341</v>
       </c>
       <c r="E301" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="302" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A302" s="5" t="s">
-        <v>851</v>
+        <v>756</v>
       </c>
       <c r="B302" s="9">
         <v>10</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>852</v>
+        <v>757</v>
       </c>
       <c r="D302" s="25">
         <v>44341</v>
       </c>
       <c r="E302" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A303" s="5" t="s">
-        <v>1306</v>
+        <v>1070</v>
       </c>
       <c r="B303" s="9">
         <v>10</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>1307</v>
+        <v>1071</v>
       </c>
       <c r="D303" s="25">
-        <v>45887</v>
+        <v>45558</v>
       </c>
       <c r="E303" s="20"/>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A304" s="5" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="B304" s="9">
-        <v>2.8</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>11.3</v>
+      </c>
+      <c r="C304" s="15" t="s">
+        <v>151</v>
       </c>
       <c r="D304" s="25">
-        <v>44082</v>
+        <v>44329</v>
       </c>
       <c r="E304" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="305" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A305" s="5" t="s">
-        <v>277</v>
+        <v>1302</v>
       </c>
       <c r="B305" s="9">
-        <v>18.920000000000002</v>
+        <v>348.88</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>278</v>
+        <v>1303</v>
       </c>
       <c r="D305" s="25">
-        <v>44336</v>
-[...5 lines deleted...]
-    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+        <v>45504</v>
+      </c>
+      <c r="E305" s="20"/>
+    </row>
+    <row r="306" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A306" s="5" t="s">
-        <v>1167</v>
+        <v>1302</v>
       </c>
       <c r="B306" s="9">
-        <v>10</v>
+        <v>49.1</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>1168</v>
+        <v>1306</v>
       </c>
       <c r="D306" s="25">
+        <v>45534</v>
+      </c>
+      <c r="E306" s="20"/>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A307" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B307" s="2">
+        <v>20</v>
+      </c>
+      <c r="C307" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D307" s="26">
         <v>45558</v>
       </c>
-      <c r="E306" s="20"/>
-[...16 lines deleted...]
-      </c>
+      <c r="E307" s="20"/>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A308" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A308" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B308" s="2">
+        <v>10</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D308" s="26">
+        <v>45558</v>
+      </c>
+      <c r="E308" s="20"/>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A309" s="5" t="s">
-[...9 lines deleted...]
-        <v>45558</v>
+      <c r="A309" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B309" s="2">
+        <v>8</v>
+      </c>
+      <c r="C309" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D309" s="26">
+        <v>45790</v>
       </c>
       <c r="E309" s="20"/>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A310" s="5" t="s">
-[...19 lines deleted...]
-      <c r="B311" s="2">
+      <c r="A310" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B310" s="2">
+        <v>10</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D310" s="26">
+        <v>45887</v>
+      </c>
+      <c r="E310" s="20"/>
+    </row>
+    <row r="311" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A311" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B311" s="9">
+        <v>675</v>
+      </c>
+      <c r="C311" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D311" s="25">
+        <v>44235</v>
+      </c>
+      <c r="E311" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A312" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B312" s="9">
+        <v>40.119999999999997</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D312" s="25">
+        <v>44232</v>
+      </c>
+      <c r="E312" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A313" s="15" t="s">
+        <v>958</v>
+      </c>
+      <c r="B313" s="14">
+        <v>4.38</v>
+      </c>
+      <c r="C313" s="15" t="s">
+        <v>959</v>
+      </c>
+      <c r="D313" s="23">
+        <v>45272</v>
+      </c>
+      <c r="E313" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A314" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="B314" s="9">
         <v>20</v>
       </c>
-      <c r="C311" s="6" t="s">
-[...52 lines deleted...]
-    <row r="315" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="C314" s="15" t="s">
+        <v>713</v>
+      </c>
+      <c r="D314" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E314" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="5" t="s">
-        <v>152</v>
+        <v>704</v>
       </c>
       <c r="B315" s="9">
-        <v>675</v>
+        <v>10</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>153</v>
+        <v>705</v>
       </c>
       <c r="D315" s="25">
-        <v>44235</v>
+        <v>44340</v>
       </c>
       <c r="E315" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="5" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>139</v>
+        <v>869</v>
+      </c>
+      <c r="B316" s="8">
+        <v>20</v>
+      </c>
+      <c r="C316" s="15" t="s">
+        <v>870</v>
       </c>
       <c r="D316" s="25">
-        <v>44232</v>
+        <v>45184</v>
       </c>
       <c r="E316" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="5" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>871</v>
+      </c>
+      <c r="B317" s="8">
+        <v>20</v>
+      </c>
+      <c r="C317" s="15" t="s">
+        <v>872</v>
       </c>
       <c r="D317" s="25">
-        <v>43930</v>
+        <v>45184</v>
       </c>
       <c r="E317" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A318" s="15" t="s">
-[...3 lines deleted...]
-        <v>4.38</v>
+      <c r="A318" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="B318" s="8">
+        <v>20</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>1037</v>
-[...2 lines deleted...]
-        <v>45272</v>
+        <v>879</v>
+      </c>
+      <c r="D318" s="25">
+        <v>45195</v>
       </c>
       <c r="E318" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="5" t="s">
-        <v>789</v>
+        <v>661</v>
       </c>
       <c r="B319" s="9">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>790</v>
+        <v>662</v>
       </c>
       <c r="D319" s="25">
-        <v>44340</v>
+        <v>44337</v>
       </c>
       <c r="E319" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="5" t="s">
-        <v>781</v>
+        <v>391</v>
       </c>
       <c r="B320" s="9">
-        <v>10</v>
+        <v>246.15</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>782</v>
+        <v>392</v>
       </c>
       <c r="D320" s="25">
-        <v>44340</v>
+        <v>44657</v>
       </c>
       <c r="E320" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A321" s="5" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="A321" s="15" t="s">
+        <v>962</v>
+      </c>
+      <c r="B321" s="14">
+        <v>0.94</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>45184</v>
+        <v>963</v>
+      </c>
+      <c r="D321" s="23">
+        <v>45272</v>
       </c>
       <c r="E321" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="5" t="s">
-        <v>948</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>675</v>
+      </c>
+      <c r="B322" s="9">
+        <v>10</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>949</v>
+        <v>676</v>
       </c>
       <c r="D322" s="25">
-        <v>45184</v>
+        <v>44340</v>
       </c>
       <c r="E322" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="5" t="s">
-        <v>948</v>
+        <v>532</v>
       </c>
       <c r="B323" s="8">
-        <v>20</v>
+        <v>38.450000000000003</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>956</v>
+        <v>535</v>
       </c>
       <c r="D323" s="25">
-        <v>45195</v>
+        <v>45211</v>
       </c>
       <c r="E323" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="5" t="s">
-        <v>738</v>
+        <v>932</v>
       </c>
       <c r="B324" s="9">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>739</v>
+        <v>80</v>
       </c>
       <c r="D324" s="25">
-        <v>44337</v>
+        <v>44235</v>
       </c>
       <c r="E324" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A325" s="5" t="s">
-[...3 lines deleted...]
-        <v>246.15</v>
+      <c r="A325" s="15" t="s">
+        <v>981</v>
+      </c>
+      <c r="B325" s="14">
+        <v>25.5</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>469</v>
-[...4 lines deleted...]
-      <c r="E325" s="20">
+        <v>984</v>
+      </c>
+      <c r="D325" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E325" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="15" t="s">
-        <v>1040</v>
+        <v>1032</v>
       </c>
       <c r="B326" s="14">
-        <v>0.94</v>
+        <v>10</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
       <c r="D326" s="23">
-        <v>45272</v>
-[...1 lines deleted...]
-      <c r="E326" s="20">
+        <v>45406</v>
+      </c>
+      <c r="E326" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="5" t="s">
-        <v>752</v>
+        <v>804</v>
       </c>
       <c r="B327" s="9">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>753</v>
+        <v>805</v>
       </c>
       <c r="D327" s="25">
-        <v>44340</v>
+        <v>44341</v>
       </c>
       <c r="E327" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="5" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="B328" s="9">
-        <v>52.75</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>250</v>
+      </c>
+      <c r="C328" s="15" t="s">
+        <v>79</v>
       </c>
       <c r="D328" s="25">
-        <v>43875</v>
+        <v>44235</v>
       </c>
       <c r="E328" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="5" t="s">
-        <v>609</v>
+        <v>463</v>
       </c>
       <c r="B329" s="8">
-        <v>38.450000000000003</v>
+        <v>26.2</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>612</v>
+        <v>464</v>
       </c>
       <c r="D329" s="25">
-        <v>45211</v>
+        <v>45210</v>
       </c>
       <c r="E329" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="5" t="s">
-        <v>1009</v>
+        <v>708</v>
       </c>
       <c r="B330" s="9">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>157</v>
+        <v>709</v>
       </c>
       <c r="D330" s="25">
-        <v>44235</v>
+        <v>44340</v>
       </c>
       <c r="E330" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A331" s="15" t="s">
-[...3 lines deleted...]
-        <v>25.5</v>
+      <c r="A331" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="B331" s="9">
+        <v>12</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1062</v>
-[...4 lines deleted...]
-      <c r="E331" s="21">
+        <v>733</v>
+      </c>
+      <c r="D331" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E331" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A332" s="15" t="s">
-[...2 lines deleted...]
-      <c r="B332" s="14">
+      <c r="A332" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B332" s="9">
         <v>10</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>1111</v>
-[...6 lines deleted...]
-      </c>
+        <v>1264</v>
+      </c>
+      <c r="D332" s="25">
+        <v>45993</v>
+      </c>
+      <c r="E332" s="20"/>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="B333" s="8">
+        <v>20</v>
+      </c>
+      <c r="C333" s="15" t="s">
         <v>881</v>
       </c>
-      <c r="B333" s="9">
-[...4 lines deleted...]
-      </c>
       <c r="D333" s="25">
-        <v>44341</v>
+        <v>45195</v>
       </c>
       <c r="E333" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="5" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>1216</v>
+      </c>
+      <c r="B334" s="8">
+        <v>23.6</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>156</v>
+        <v>1217</v>
       </c>
       <c r="D334" s="25">
-        <v>44235</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E334" s="20"/>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="5" t="s">
-        <v>540</v>
+        <v>1129</v>
       </c>
       <c r="B335" s="8">
-        <v>26.2</v>
+        <v>300</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>541</v>
+        <v>1130</v>
       </c>
       <c r="D335" s="25">
-        <v>45210</v>
+        <v>45588</v>
       </c>
       <c r="E335" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="5" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1296</v>
+      </c>
+      <c r="B336" s="8">
+        <v>16.75</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>786</v>
+        <v>1297</v>
       </c>
       <c r="D336" s="25">
-        <v>44340</v>
-[...10 lines deleted...]
-        <v>86.78</v>
+        <v>45379</v>
+      </c>
+      <c r="E336" s="20"/>
+    </row>
+    <row r="337" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A337" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="B337" s="9">
+        <v>5.6</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>40</v>
+        <v>817</v>
       </c>
       <c r="D337" s="25">
-        <v>43958</v>
+        <v>44341</v>
       </c>
       <c r="E337" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="338" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A338" s="5" t="s">
-        <v>809</v>
+        <v>336</v>
       </c>
       <c r="B338" s="9">
-        <v>12</v>
+        <v>8.36</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>810</v>
+        <v>337</v>
       </c>
       <c r="D338" s="25">
         <v>44340</v>
       </c>
       <c r="E338" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="339" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A339" s="5" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="B339" s="8">
+        <v>743</v>
+      </c>
+      <c r="B339" s="9">
+        <v>14</v>
+      </c>
+      <c r="C339" s="15" t="s">
+        <v>744</v>
+      </c>
+      <c r="D339" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E339" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A340" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="B340" s="14">
+        <v>14</v>
+      </c>
+      <c r="C340" s="15" t="s">
+        <v>978</v>
+      </c>
+      <c r="D340" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E340" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A341" s="15" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B341" s="14">
+        <v>300</v>
+      </c>
+      <c r="C341" s="15" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D341" s="23">
+        <v>45588</v>
+      </c>
+      <c r="E341" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A342" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="B342" s="9">
+        <v>17.2</v>
+      </c>
+      <c r="C342" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="D342" s="25">
+        <v>44335</v>
+      </c>
+      <c r="E342" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A343" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="B343" s="9">
+        <v>15</v>
+      </c>
+      <c r="C343" s="15" t="s">
+        <v>605</v>
+      </c>
+      <c r="D343" s="25">
+        <v>44335</v>
+      </c>
+      <c r="E343" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A344" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="B344" s="9">
         <v>20</v>
       </c>
-      <c r="C339" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D339" s="25">
+      <c r="C344" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D344" s="25">
+        <v>44657</v>
+      </c>
+      <c r="E344" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A345" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="B345" s="8">
+        <v>25</v>
+      </c>
+      <c r="C345" s="15" t="s">
+        <v>925</v>
+      </c>
+      <c r="D345" s="25">
+        <v>45205</v>
+      </c>
+      <c r="E345" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A346" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B346" s="8">
+        <v>10</v>
+      </c>
+      <c r="C346" s="15" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D346" s="25">
+        <v>46062</v>
+      </c>
+      <c r="E346" s="20"/>
+    </row>
+    <row r="347" spans="1:7" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A347" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="B347" s="14">
+        <v>350</v>
+      </c>
+      <c r="C347" s="15" t="s">
+        <v>983</v>
+      </c>
+      <c r="D347" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E347" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A348" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B348" s="9">
+        <v>76.239999999999995</v>
+      </c>
+      <c r="C348" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D348" s="25">
+        <v>44329</v>
+      </c>
+      <c r="E348" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A349" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B349" s="9">
+        <v>990.26</v>
+      </c>
+      <c r="C349" s="15" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D349" s="25">
+        <v>45412</v>
+      </c>
+      <c r="E349" s="20"/>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A350" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B350" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="C350" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D350" s="25">
+        <v>44307</v>
+      </c>
+      <c r="E350" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G350" s="9"/>
+    </row>
+    <row r="351" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A351" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="B351" s="8">
+        <v>10</v>
+      </c>
+      <c r="C351" s="15" t="s">
+        <v>883</v>
+      </c>
+      <c r="D351" s="25">
         <v>45195</v>
       </c>
-      <c r="E339" s="20">
-[...205 lines deleted...]
-    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E351" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G351" s="9"/>
+    </row>
+    <row r="352" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A352" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>76.239999999999995</v>
+        <v>882</v>
+      </c>
+      <c r="B352" s="8">
+        <v>10</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>201</v>
+        <v>884</v>
       </c>
       <c r="D352" s="25">
-        <v>44329</v>
+        <v>45195</v>
       </c>
       <c r="E352" s="20">
         <v>10000</v>
       </c>
+      <c r="G352" s="9"/>
     </row>
     <row r="353" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A353" s="5" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>4.2</v>
+        <v>882</v>
+      </c>
+      <c r="B353" s="8">
+        <v>20</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>194</v>
+        <v>885</v>
       </c>
       <c r="D353" s="25">
-        <v>44307</v>
+        <v>45195</v>
       </c>
       <c r="E353" s="20">
         <v>10000</v>
       </c>
       <c r="G353" s="9"/>
     </row>
     <row r="354" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A354" s="5" t="s">
-        <v>959</v>
+        <v>1234</v>
       </c>
       <c r="B354" s="8">
         <v>10</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>960</v>
+        <v>1235</v>
       </c>
       <c r="D354" s="25">
-        <v>45195</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E354" s="20"/>
       <c r="G354" s="9"/>
     </row>
     <row r="355" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A355" s="5" t="s">
-        <v>959</v>
+        <v>886</v>
       </c>
       <c r="B355" s="8">
         <v>10</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>961</v>
+        <v>887</v>
       </c>
       <c r="D355" s="25">
         <v>45195</v>
       </c>
       <c r="E355" s="20">
         <v>10000</v>
       </c>
       <c r="G355" s="9"/>
     </row>
     <row r="356" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A356" s="5" t="s">
-        <v>959</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>702</v>
+      </c>
+      <c r="B356" s="9">
+        <v>10</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>962</v>
+        <v>703</v>
       </c>
       <c r="D356" s="25">
-        <v>45195</v>
+        <v>44340</v>
       </c>
       <c r="E356" s="20">
         <v>10000</v>
       </c>
       <c r="G356" s="9"/>
     </row>
     <row r="357" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A357" s="5" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>702</v>
+      </c>
+      <c r="B357" s="9">
+        <v>20</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1315</v>
+        <v>1057</v>
       </c>
       <c r="D357" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E357" s="20"/>
+        <v>45525</v>
+      </c>
+      <c r="E357" s="20">
+        <v>10000</v>
+      </c>
       <c r="G357" s="9"/>
     </row>
     <row r="358" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A358" s="5" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="B358" s="8">
+        <v>702</v>
+      </c>
+      <c r="B358" s="9">
         <v>10</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>964</v>
+        <v>1110</v>
       </c>
       <c r="D358" s="25">
-        <v>45195</v>
+        <v>45588</v>
       </c>
       <c r="E358" s="20">
         <v>10000</v>
       </c>
       <c r="G358" s="9"/>
     </row>
     <row r="359" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A359" s="5" t="s">
-        <v>779</v>
+        <v>611</v>
       </c>
       <c r="B359" s="9">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>780</v>
+        <v>612</v>
       </c>
       <c r="D359" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E359" s="20">
         <v>10000</v>
       </c>
       <c r="G359" s="9"/>
     </row>
     <row r="360" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A360" s="5" t="s">
-        <v>779</v>
+        <v>794</v>
       </c>
       <c r="B360" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1135</v>
+        <v>795</v>
       </c>
       <c r="D360" s="25">
-        <v>45525</v>
+        <v>44341</v>
       </c>
       <c r="E360" s="20">
         <v>10000</v>
       </c>
       <c r="G360" s="9"/>
     </row>
     <row r="361" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A361" s="5" t="s">
-        <v>779</v>
+        <v>1292</v>
       </c>
       <c r="B361" s="9">
-        <v>10</v>
+        <v>131.91999999999999</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1188</v>
+        <v>1293</v>
       </c>
       <c r="D361" s="25">
-        <v>45588</v>
-[...3 lines deleted...]
-      </c>
+        <v>45331</v>
+      </c>
+      <c r="E361" s="20"/>
       <c r="G361" s="9"/>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A362" s="5" t="s">
-        <v>688</v>
+        <v>718</v>
       </c>
       <c r="B362" s="9">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>689</v>
+        <v>719</v>
       </c>
       <c r="D362" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E362" s="20">
         <v>10000</v>
       </c>
       <c r="G362" s="9"/>
     </row>
     <row r="363" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A363" s="5" t="s">
-        <v>871</v>
+        <v>1116</v>
       </c>
       <c r="B363" s="9">
-        <v>10</v>
+        <v>230</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>872</v>
+        <v>1117</v>
       </c>
       <c r="D363" s="25">
-        <v>44341</v>
+        <v>45588</v>
       </c>
       <c r="E363" s="20">
         <v>10000</v>
       </c>
       <c r="G363" s="9"/>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A364" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="B364" s="9">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>35</v>
+      </c>
+      <c r="C364" s="15" t="s">
+        <v>216</v>
       </c>
       <c r="D364" s="25">
-        <v>43875</v>
+        <v>44341</v>
       </c>
       <c r="E364" s="20">
         <v>10000</v>
       </c>
       <c r="G364" s="9"/>
     </row>
     <row r="365" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A365" s="5" t="s">
-        <v>795</v>
+        <v>252</v>
       </c>
       <c r="B365" s="9">
-        <v>20</v>
+        <v>27.01</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>796</v>
+        <v>251</v>
       </c>
       <c r="D365" s="25">
         <v>44340</v>
       </c>
       <c r="E365" s="20">
         <v>10000</v>
       </c>
       <c r="G365" s="9"/>
     </row>
     <row r="366" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A366" s="5" t="s">
-        <v>1194</v>
+        <v>252</v>
       </c>
       <c r="B366" s="9">
-        <v>230</v>
+        <v>39.25</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>1195</v>
+        <v>351</v>
       </c>
       <c r="D366" s="25">
-        <v>45588</v>
+        <v>44340</v>
       </c>
       <c r="E366" s="20">
         <v>10000</v>
       </c>
       <c r="G366" s="9"/>
     </row>
     <row r="367" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A367" s="5" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>476</v>
+      </c>
+      <c r="B367" s="8">
+        <v>20</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>293</v>
+        <v>477</v>
       </c>
       <c r="D367" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E367" s="20">
         <v>10000</v>
       </c>
       <c r="G367" s="9"/>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A368" s="5" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>27.01</v>
+        <v>1243</v>
+      </c>
+      <c r="B368" s="8">
+        <v>900</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>328</v>
+        <v>1244</v>
       </c>
       <c r="D368" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45929</v>
+      </c>
+      <c r="E368" s="20"/>
       <c r="G368" s="9"/>
     </row>
     <row r="369" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A369" s="5" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>39.25</v>
+        <v>1214</v>
+      </c>
+      <c r="B369" s="8">
+        <v>37.549999999999997</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>428</v>
+        <v>1215</v>
       </c>
       <c r="D369" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E369" s="20"/>
       <c r="G369" s="9"/>
     </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A370" s="5" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>802</v>
+      </c>
+      <c r="B370" s="9">
+        <v>10</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>554</v>
+        <v>803</v>
       </c>
       <c r="D370" s="25">
-        <v>45211</v>
+        <v>44341</v>
       </c>
       <c r="E370" s="20">
         <v>10000</v>
       </c>
       <c r="G370" s="9"/>
     </row>
     <row r="371" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A371" s="5" t="s">
-        <v>1323</v>
+        <v>888</v>
       </c>
       <c r="B371" s="8">
-        <v>900</v>
+        <v>10</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1324</v>
+        <v>889</v>
       </c>
       <c r="D371" s="25">
-        <v>45929</v>
-[...1 lines deleted...]
-      <c r="E371" s="20"/>
+        <v>45195</v>
+      </c>
+      <c r="E371" s="20">
+        <v>10000</v>
+      </c>
       <c r="G371" s="9"/>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A372" s="5" t="s">
-        <v>1294</v>
-[...2 lines deleted...]
-        <v>37.549999999999997</v>
+        <v>5</v>
+      </c>
+      <c r="B372" s="9">
+        <v>140</v>
       </c>
       <c r="C372" s="15" t="s">
-        <v>1295</v>
+        <v>172</v>
       </c>
       <c r="D372" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E372" s="20"/>
+        <v>44335</v>
+      </c>
+      <c r="E372" s="20">
+        <v>10000</v>
+      </c>
       <c r="G372" s="9"/>
     </row>
     <row r="373" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A373" s="5" t="s">
-        <v>879</v>
+        <v>1230</v>
       </c>
       <c r="B373" s="9">
         <v>10</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>880</v>
+        <v>1231</v>
       </c>
       <c r="D373" s="25">
-        <v>44341</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E373" s="20"/>
       <c r="G373" s="9"/>
     </row>
     <row r="374" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A374" s="5" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>87</v>
+      </c>
+      <c r="B374" s="9">
+        <v>106</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>966</v>
+        <v>88</v>
       </c>
       <c r="D374" s="25">
-        <v>45195</v>
+        <v>44235</v>
       </c>
       <c r="E374" s="20">
         <v>10000</v>
       </c>
       <c r="G374" s="9"/>
     </row>
     <row r="375" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A375" s="5" t="s">
-        <v>5</v>
+        <v>784</v>
       </c>
       <c r="B375" s="9">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>249</v>
+        <v>785</v>
       </c>
       <c r="D375" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E375" s="20">
         <v>10000</v>
       </c>
       <c r="G375" s="9"/>
     </row>
     <row r="376" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A376" s="5" t="s">
-        <v>1310</v>
+        <v>227</v>
       </c>
       <c r="B376" s="9">
-        <v>10</v>
+        <v>137</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>1311</v>
+        <v>228</v>
       </c>
       <c r="D376" s="25">
-        <v>45887</v>
-[...1 lines deleted...]
-      <c r="E376" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E376" s="20">
+        <v>10000</v>
+      </c>
       <c r="G376" s="9"/>
     </row>
     <row r="377" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A377" s="5" t="s">
-        <v>164</v>
+        <v>1133</v>
       </c>
       <c r="B377" s="9">
-        <v>106</v>
+        <v>300</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>165</v>
+        <v>1134</v>
       </c>
       <c r="D377" s="25">
-        <v>44235</v>
+        <v>45588</v>
       </c>
       <c r="E377" s="20">
         <v>10000</v>
       </c>
       <c r="G377" s="9"/>
     </row>
     <row r="378" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A378" s="5" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>512</v>
+      </c>
+      <c r="B378" s="8">
+        <v>3.23</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>862</v>
+        <v>513</v>
       </c>
       <c r="D378" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E378" s="20">
         <v>10000</v>
       </c>
       <c r="G378" s="9"/>
     </row>
     <row r="379" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A379" s="5" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>481</v>
+      </c>
+      <c r="B379" s="8">
+        <v>2.8</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>305</v>
+        <v>482</v>
       </c>
       <c r="D379" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E379" s="20">
         <v>10000</v>
       </c>
       <c r="G379" s="9"/>
     </row>
     <row r="380" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A380" s="5" t="s">
-        <v>1211</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>492</v>
+      </c>
+      <c r="B380" s="8">
+        <v>5.3</v>
       </c>
       <c r="C380" s="15" t="s">
-        <v>1212</v>
+        <v>493</v>
       </c>
       <c r="D380" s="25">
-        <v>45588</v>
+        <v>45211</v>
       </c>
       <c r="E380" s="20">
         <v>10000</v>
       </c>
       <c r="G380" s="9"/>
     </row>
     <row r="381" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A381" s="5" t="s">
-        <v>589</v>
+        <v>492</v>
       </c>
       <c r="B381" s="8">
-        <v>3.23</v>
+        <v>1.75</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>590</v>
+        <v>494</v>
       </c>
       <c r="D381" s="25">
         <v>45211</v>
       </c>
       <c r="E381" s="20">
         <v>10000</v>
       </c>
       <c r="G381" s="9"/>
     </row>
     <row r="382" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A382" s="5" t="s">
-        <v>558</v>
+        <v>1048</v>
       </c>
       <c r="B382" s="8">
-        <v>2.8</v>
+        <v>10</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>559</v>
+        <v>1049</v>
       </c>
       <c r="D382" s="25">
-        <v>45211</v>
+        <v>45525</v>
       </c>
       <c r="E382" s="20">
         <v>10000</v>
       </c>
       <c r="G382" s="9"/>
     </row>
     <row r="383" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A383" s="5" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>5.3</v>
+        <v>253</v>
+      </c>
+      <c r="B383" s="9">
+        <v>10.37</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>570</v>
+        <v>254</v>
       </c>
       <c r="D383" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E383" s="20">
         <v>10000</v>
       </c>
       <c r="G383" s="9"/>
     </row>
     <row r="384" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A384" s="5" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>1.75</v>
+        <v>253</v>
+      </c>
+      <c r="B384" s="9">
+        <v>15.06</v>
       </c>
       <c r="C384" s="15" t="s">
-        <v>571</v>
+        <v>352</v>
       </c>
       <c r="D384" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E384" s="20">
         <v>10000</v>
       </c>
       <c r="G384" s="9"/>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A385" s="5" t="s">
-        <v>1126</v>
-[...1 lines deleted...]
-      <c r="B385" s="8">
+        <v>656</v>
+      </c>
+      <c r="B385" s="9">
         <v>10</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>1127</v>
+        <v>657</v>
       </c>
       <c r="D385" s="25">
-        <v>45525</v>
+        <v>44337</v>
       </c>
       <c r="E385" s="20">
         <v>10000</v>
       </c>
       <c r="G385" s="9"/>
     </row>
     <row r="386" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A386" s="5" t="s">
-        <v>330</v>
+        <v>1238</v>
       </c>
       <c r="B386" s="9">
-        <v>10.37</v>
+        <v>20</v>
       </c>
       <c r="C386" s="15" t="s">
-        <v>331</v>
+        <v>1239</v>
       </c>
       <c r="D386" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E386" s="20"/>
       <c r="G386" s="9"/>
     </row>
     <row r="387" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A387" s="5" t="s">
-        <v>330</v>
+        <v>1238</v>
       </c>
       <c r="B387" s="9">
-        <v>15.06</v>
+        <v>10</v>
       </c>
       <c r="C387" s="15" t="s">
-        <v>429</v>
+        <v>1240</v>
       </c>
       <c r="D387" s="25">
-        <v>44340</v>
-[...3 lines deleted...]
-      </c>
+        <v>45929</v>
+      </c>
+      <c r="E387" s="20"/>
       <c r="G387" s="9"/>
     </row>
     <row r="388" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A388" s="5" t="s">
-        <v>733</v>
+        <v>1238</v>
       </c>
       <c r="B388" s="9">
         <v>10</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>734</v>
+        <v>1249</v>
       </c>
       <c r="D388" s="25">
-        <v>44337</v>
-[...3 lines deleted...]
-      </c>
+        <v>45971</v>
+      </c>
+      <c r="E388" s="20"/>
       <c r="G388" s="9"/>
     </row>
     <row r="389" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A389" s="5" t="s">
-        <v>1318</v>
+        <v>1238</v>
       </c>
       <c r="B389" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>1319</v>
+        <v>1250</v>
       </c>
       <c r="D389" s="25">
-        <v>45887</v>
+        <v>45971</v>
       </c>
       <c r="E389" s="20"/>
       <c r="G389" s="9"/>
     </row>
     <row r="390" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A390" s="5" t="s">
-        <v>1318</v>
+        <v>1212</v>
       </c>
       <c r="B390" s="9">
-        <v>10</v>
+        <v>9.4499999999999993</v>
       </c>
       <c r="C390" s="15" t="s">
-        <v>1320</v>
+        <v>1213</v>
       </c>
       <c r="D390" s="25">
-        <v>45929</v>
+        <v>45866</v>
       </c>
       <c r="E390" s="20"/>
       <c r="G390" s="9"/>
     </row>
     <row r="391" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A391" s="5" t="s">
-        <v>1318</v>
+        <v>683</v>
       </c>
       <c r="B391" s="9">
         <v>10</v>
       </c>
       <c r="C391" s="15" t="s">
-        <v>1329</v>
+        <v>684</v>
       </c>
       <c r="D391" s="25">
-        <v>45971</v>
-[...1 lines deleted...]
-      <c r="E391" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E391" s="20">
+        <v>10000</v>
+      </c>
       <c r="G391" s="9"/>
     </row>
     <row r="392" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A392" s="5" t="s">
-        <v>1318</v>
+        <v>541</v>
       </c>
       <c r="B392" s="9">
         <v>10</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>1330</v>
+        <v>542</v>
       </c>
       <c r="D392" s="25">
-        <v>45971</v>
-[...1 lines deleted...]
-      <c r="E392" s="20"/>
+        <v>44328</v>
+      </c>
+      <c r="E392" s="20">
+        <v>10000</v>
+      </c>
       <c r="G392" s="9"/>
     </row>
     <row r="393" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A393" s="5" t="s">
-[...3 lines deleted...]
-        <v>9.4499999999999993</v>
+      <c r="A393" s="15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B393" s="14">
+        <v>10</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>1293</v>
-[...4 lines deleted...]
-      <c r="E393" s="20"/>
+        <v>1022</v>
+      </c>
+      <c r="D393" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E393" s="21">
+        <v>10000</v>
+      </c>
       <c r="G393" s="9"/>
     </row>
     <row r="394" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A394" s="5" t="s">
-        <v>760</v>
-[...1 lines deleted...]
-      <c r="B394" s="9">
+        <v>892</v>
+      </c>
+      <c r="B394" s="8">
         <v>10</v>
       </c>
       <c r="C394" s="15" t="s">
-        <v>761</v>
+        <v>893</v>
       </c>
       <c r="D394" s="25">
-        <v>44340</v>
+        <v>45195</v>
       </c>
       <c r="E394" s="20">
         <v>10000</v>
       </c>
-      <c r="G394" s="9"/>
     </row>
     <row r="395" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A395" s="5" t="s">
-        <v>618</v>
+        <v>110</v>
       </c>
       <c r="B395" s="9">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C395" s="15" t="s">
-        <v>619</v>
+        <v>111</v>
       </c>
       <c r="D395" s="25">
-        <v>44328</v>
+        <v>44307</v>
       </c>
       <c r="E395" s="20">
         <v>10000</v>
       </c>
-      <c r="G395" s="9"/>
     </row>
     <row r="396" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A396" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A396" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="B396" s="8">
+        <v>17.100000000000001</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>1100</v>
-[...7 lines deleted...]
-      <c r="G396" s="9"/>
+        <v>531</v>
+      </c>
+      <c r="D396" s="25">
+        <v>45211</v>
+      </c>
+      <c r="E396" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="397" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A397" s="5" t="s">
-        <v>969</v>
+        <v>1072</v>
       </c>
       <c r="B397" s="8">
         <v>10</v>
       </c>
       <c r="C397" s="15" t="s">
-        <v>970</v>
+        <v>1073</v>
       </c>
       <c r="D397" s="25">
-        <v>45195</v>
+        <v>45558</v>
       </c>
       <c r="E397" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="398" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A398" s="15" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="A398" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="B398" s="9">
+        <v>9.25</v>
       </c>
       <c r="C398" s="15" t="s">
-        <v>29</v>
+        <v>318</v>
       </c>
       <c r="D398" s="25">
-        <v>43958</v>
+        <v>44340</v>
       </c>
       <c r="E398" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="399" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A399" s="5" t="s">
-        <v>187</v>
+        <v>313</v>
       </c>
       <c r="B399" s="9">
-        <v>1</v>
+        <v>6.41</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>188</v>
+        <v>331</v>
       </c>
       <c r="D399" s="25">
-        <v>44307</v>
+        <v>44340</v>
       </c>
       <c r="E399" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="400" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A400" s="5" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>17.100000000000001</v>
+        <v>338</v>
+      </c>
+      <c r="B400" s="9">
+        <v>43.88</v>
       </c>
       <c r="C400" s="15" t="s">
-        <v>608</v>
+        <v>339</v>
       </c>
       <c r="D400" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E400" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="5" t="s">
-        <v>1150</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>338</v>
+      </c>
+      <c r="B401" s="9">
+        <v>3.26</v>
       </c>
       <c r="C401" s="15" t="s">
-        <v>1151</v>
+        <v>353</v>
       </c>
       <c r="D401" s="25">
-        <v>45558</v>
+        <v>44340</v>
       </c>
       <c r="E401" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="5" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>9.25</v>
+        <v>894</v>
+      </c>
+      <c r="B402" s="8">
+        <v>10</v>
       </c>
       <c r="C402" s="15" t="s">
-        <v>395</v>
+        <v>895</v>
       </c>
       <c r="D402" s="25">
-        <v>44340</v>
+        <v>45195</v>
       </c>
       <c r="E402" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="5" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>6.41</v>
+        <v>495</v>
+      </c>
+      <c r="B403" s="8">
+        <v>8</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>408</v>
+        <v>496</v>
       </c>
       <c r="D403" s="25">
-        <v>44340</v>
+        <v>45211</v>
       </c>
       <c r="E403" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="5" t="s">
-        <v>415</v>
+        <v>549</v>
       </c>
       <c r="B404" s="9">
-        <v>43.88</v>
+        <v>5.8</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>416</v>
+        <v>550</v>
       </c>
       <c r="D404" s="25">
-        <v>44340</v>
+        <v>44328</v>
       </c>
       <c r="E404" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="5" t="s">
-        <v>415</v>
+        <v>165</v>
       </c>
       <c r="B405" s="9">
-        <v>3.26</v>
+        <v>2.2599999999999998</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>430</v>
+        <v>166</v>
       </c>
       <c r="D405" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E405" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="5" t="s">
-        <v>971</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>167</v>
+      </c>
+      <c r="B406" s="9">
+        <v>2.2599999999999998</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>972</v>
+        <v>168</v>
       </c>
       <c r="D406" s="25">
-        <v>45195</v>
+        <v>44335</v>
       </c>
       <c r="E406" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="5" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>167</v>
+      </c>
+      <c r="B407" s="9">
+        <v>4.4800000000000004</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>573</v>
+        <v>169</v>
       </c>
       <c r="D407" s="25">
-        <v>45211</v>
+        <v>44335</v>
       </c>
       <c r="E407" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="5" t="s">
-        <v>626</v>
+        <v>724</v>
       </c>
       <c r="B408" s="9">
-        <v>5.8</v>
+        <v>10</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>627</v>
+        <v>725</v>
       </c>
       <c r="D408" s="25">
-        <v>44328</v>
+        <v>44340</v>
       </c>
       <c r="E408" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="5" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>2.2599999999999998</v>
+        <v>387</v>
+      </c>
+      <c r="B409" s="16">
+        <v>103.88</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>243</v>
+        <v>388</v>
       </c>
       <c r="D409" s="25">
-        <v>44329</v>
+        <v>44657</v>
       </c>
       <c r="E409" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="5" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>2.2599999999999998</v>
+        <v>1050</v>
+      </c>
+      <c r="B410" s="16">
+        <v>10</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>245</v>
+        <v>1051</v>
       </c>
       <c r="D410" s="25">
-        <v>44335</v>
+        <v>45525</v>
       </c>
       <c r="E410" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="5" t="s">
-        <v>244</v>
+        <v>720</v>
       </c>
       <c r="B411" s="9">
-        <v>4.4800000000000004</v>
+        <v>20</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>246</v>
+        <v>721</v>
       </c>
       <c r="D411" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E411" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="5" t="s">
-        <v>801</v>
+        <v>1042</v>
       </c>
       <c r="B412" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>802</v>
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="C412" s="5" t="s">
+        <v>1043</v>
       </c>
       <c r="D412" s="25">
-        <v>44340</v>
+        <v>45525</v>
       </c>
       <c r="E412" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="5" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>103.88</v>
+        <v>585</v>
+      </c>
+      <c r="B413" s="9">
+        <v>8.4</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>465</v>
+        <v>586</v>
       </c>
       <c r="D413" s="25">
-        <v>44657</v>
+        <v>44335</v>
       </c>
       <c r="E413" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A414" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B414" s="16">
+      <c r="A414" s="15" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B414" s="14">
         <v>10</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1129</v>
-[...4 lines deleted...]
-      <c r="E414" s="20">
+        <v>1009</v>
+      </c>
+      <c r="D414" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E414" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="5" t="s">
-        <v>797</v>
+        <v>206</v>
       </c>
       <c r="B415" s="9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>798</v>
+        <v>207</v>
       </c>
       <c r="D415" s="25">
-        <v>44340</v>
+        <v>44336</v>
       </c>
       <c r="E415" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A416" s="5" t="s">
-[...6 lines deleted...]
-        <v>1121</v>
+      <c r="A416" s="15" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B416" s="16">
+        <v>167.93</v>
+      </c>
+      <c r="C416" s="15" t="s">
+        <v>1251</v>
       </c>
       <c r="D416" s="25">
-        <v>45525</v>
-[...3 lines deleted...]
-      </c>
+        <v>45974</v>
+      </c>
+      <c r="E416" s="20"/>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="5" t="s">
-        <v>662</v>
+        <v>18</v>
       </c>
       <c r="B417" s="9">
-        <v>8.4</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>13.36</v>
+      </c>
+      <c r="C417" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="D417" s="25">
-        <v>44335</v>
+        <v>44232</v>
       </c>
       <c r="E417" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A418" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A418" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B418" s="9">
+        <v>13.18</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1087</v>
-[...4 lines deleted...]
-      <c r="E418" s="21">
+        <v>319</v>
+      </c>
+      <c r="D418" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E418" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="5" t="s">
-        <v>283</v>
+        <v>18</v>
       </c>
       <c r="B419" s="9">
-        <v>10</v>
+        <v>11.87</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>284</v>
+        <v>354</v>
       </c>
       <c r="D419" s="25">
-        <v>44336</v>
+        <v>44340</v>
       </c>
       <c r="E419" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A420" s="15" t="s">
-        <v>41</v>
+      <c r="A420" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="B420" s="16">
-        <v>11.25</v>
+        <v>10</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>42</v>
+        <v>438</v>
       </c>
       <c r="D420" s="25">
-        <v>43958</v>
+        <v>45097</v>
       </c>
       <c r="E420" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="5" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>140</v>
+        <v>18</v>
+      </c>
+      <c r="B421" s="8">
+        <v>140.62</v>
+      </c>
+      <c r="C421" s="15" t="s">
+        <v>444</v>
       </c>
       <c r="D421" s="25">
-        <v>44232</v>
+        <v>45205</v>
       </c>
       <c r="E421" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>13.18</v>
+        <v>18</v>
+      </c>
+      <c r="B422" s="8">
+        <v>10</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>396</v>
+        <v>445</v>
       </c>
       <c r="D422" s="25">
-        <v>44340</v>
+        <v>45205</v>
       </c>
       <c r="E422" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="5" t="s">
-        <v>83</v>
+        <v>691</v>
       </c>
       <c r="B423" s="9">
-        <v>11.87</v>
+        <v>20</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>431</v>
+        <v>692</v>
       </c>
       <c r="D423" s="25">
         <v>44340</v>
       </c>
       <c r="E423" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>152</v>
+      </c>
+      <c r="B424" s="9">
+        <v>14.69</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>515</v>
+        <v>153</v>
       </c>
       <c r="D424" s="25">
-        <v>45097</v>
+        <v>44329</v>
       </c>
       <c r="E424" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="5" t="s">
-        <v>83</v>
+        <v>896</v>
       </c>
       <c r="B425" s="8">
-        <v>140.62</v>
+        <v>10</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>521</v>
+        <v>897</v>
       </c>
       <c r="D425" s="25">
-        <v>45205</v>
+        <v>45195</v>
       </c>
       <c r="E425" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="5" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>522</v>
+        <v>1091</v>
+      </c>
+      <c r="B426" s="9">
+        <v>10</v>
+      </c>
+      <c r="C426" s="5" t="s">
+        <v>1092</v>
       </c>
       <c r="D426" s="25">
-        <v>45205</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E426" s="20"/>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="5" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>533</v>
+      </c>
+      <c r="B427" s="8">
+        <v>8.8000000000000007</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>769</v>
+        <v>534</v>
       </c>
       <c r="D427" s="25">
-        <v>44340</v>
+        <v>45211</v>
       </c>
       <c r="E427" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="5" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>14.69</v>
+        <v>922</v>
+      </c>
+      <c r="B428" s="8">
+        <v>11</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>230</v>
+        <v>923</v>
       </c>
       <c r="D428" s="25">
-        <v>44329</v>
+        <v>45205</v>
       </c>
       <c r="E428" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="5" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="B429" s="8">
+        <v>645</v>
+      </c>
+      <c r="B429" s="9">
         <v>10</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>974</v>
+        <v>646</v>
       </c>
       <c r="D429" s="25">
-        <v>45195</v>
+        <v>44336</v>
       </c>
       <c r="E429" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A430" s="15" t="s">
-[...3 lines deleted...]
-        <v>10.8</v>
+      <c r="A430" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B430" s="9">
+        <v>10</v>
       </c>
       <c r="C430" s="15" t="s">
-        <v>38</v>
+        <v>1075</v>
       </c>
       <c r="D430" s="25">
-        <v>43958</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E430" s="20"/>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="5" t="s">
-        <v>104</v>
+        <v>619</v>
       </c>
       <c r="B431" s="9">
-        <v>10.5</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>5.6</v>
+      </c>
+      <c r="C431" s="15" t="s">
+        <v>620</v>
       </c>
       <c r="D431" s="25">
-        <v>44175</v>
+        <v>44335</v>
       </c>
       <c r="E431" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="5" t="s">
-        <v>1169</v>
+        <v>1099</v>
       </c>
       <c r="B432" s="9">
         <v>10</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>1170</v>
+        <v>1100</v>
       </c>
       <c r="D432" s="25">
         <v>45558</v>
       </c>
       <c r="E432" s="20"/>
     </row>
     <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="5" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>8.8000000000000007</v>
+        <v>293</v>
+      </c>
+      <c r="B433" s="9">
+        <v>6</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>611</v>
+        <v>295</v>
       </c>
       <c r="D433" s="25">
-        <v>45211</v>
+        <v>44386</v>
       </c>
       <c r="E433" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="5" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>643</v>
+      </c>
+      <c r="B434" s="9">
+        <v>3.1</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>1000</v>
+        <v>644</v>
       </c>
       <c r="D434" s="25">
-        <v>45205</v>
+        <v>44336</v>
       </c>
       <c r="E434" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="435" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A435" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B435" s="9">
+      <c r="A435" s="15" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B435" s="14">
         <v>10</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>723</v>
-[...4 lines deleted...]
-      <c r="E435" s="20">
+        <v>1011</v>
+      </c>
+      <c r="D435" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E435" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="436" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A436" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B436" s="9">
+      <c r="A436" s="15" t="s">
+        <v>972</v>
+      </c>
+      <c r="B436" s="14">
         <v>10</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>1153</v>
-[...4 lines deleted...]
-      <c r="E436" s="20"/>
+        <v>973</v>
+      </c>
+      <c r="D436" s="23">
+        <v>45335</v>
+      </c>
+      <c r="E436" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="5" t="s">
-        <v>696</v>
+        <v>108</v>
       </c>
       <c r="B437" s="9">
-        <v>5.6</v>
+        <v>53</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>697</v>
+        <v>109</v>
       </c>
       <c r="D437" s="25">
-        <v>44335</v>
+        <v>44307</v>
       </c>
       <c r="E437" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="438" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A438" s="5" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="B438" s="9">
-        <v>1.1499999999999999</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>16.579999999999998</v>
+      </c>
+      <c r="C438" s="15" t="s">
+        <v>294</v>
       </c>
       <c r="D438" s="25">
-        <v>44082</v>
+        <v>44386</v>
       </c>
       <c r="E438" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A439" s="5" t="s">
-        <v>1177</v>
+        <v>790</v>
       </c>
       <c r="B439" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>1178</v>
+        <v>20</v>
+      </c>
+      <c r="C439" s="15" t="s">
+        <v>791</v>
       </c>
       <c r="D439" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E439" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E439" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A440" s="5" t="s">
-        <v>370</v>
+        <v>1093</v>
       </c>
       <c r="B440" s="9">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>372</v>
+        <v>1094</v>
       </c>
       <c r="D440" s="25">
-        <v>44386</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E440" s="20"/>
     </row>
     <row r="441" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A441" s="5" t="s">
-        <v>720</v>
+        <v>706</v>
       </c>
       <c r="B441" s="9">
-        <v>3.1</v>
+        <v>10</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>721</v>
+        <v>707</v>
       </c>
       <c r="D441" s="25">
-        <v>44336</v>
+        <v>44340</v>
       </c>
       <c r="E441" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="442" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A442" s="15" t="s">
-        <v>1088</v>
+        <v>968</v>
       </c>
       <c r="B442" s="14">
-        <v>10</v>
+        <v>194.12</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1089</v>
+        <v>969</v>
       </c>
       <c r="D442" s="23">
-        <v>45406</v>
-[...2 lines deleted...]
-        <v>10000</v>
+        <v>45315</v>
+      </c>
+      <c r="E442" s="20" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="443" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A443" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A443" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="B443" s="9">
+        <v>11.55</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>45335</v>
+        <v>368</v>
+      </c>
+      <c r="D443" s="25">
+        <v>44417</v>
       </c>
       <c r="E443" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="444" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A444" s="5" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>399</v>
+      </c>
+      <c r="B444" s="16">
+        <v>42.41</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>186</v>
+        <v>400</v>
       </c>
       <c r="D444" s="25">
-        <v>44307</v>
+        <v>44762</v>
       </c>
       <c r="E444" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="445" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A445" s="5" t="s">
-        <v>369</v>
+        <v>399</v>
       </c>
       <c r="B445" s="9">
-        <v>16.579999999999998</v>
+        <v>118.29</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>371</v>
+        <v>401</v>
       </c>
       <c r="D445" s="25">
-        <v>44386</v>
+        <v>44762</v>
       </c>
       <c r="E445" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="446" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A446" s="5" t="s">
-[...9 lines deleted...]
-        <v>44341</v>
+      <c r="A446" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="B446" s="2">
+        <v>1.86</v>
+      </c>
+      <c r="C446" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="D446" s="26">
+        <v>45252</v>
       </c>
       <c r="E446" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="447" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A447" s="5" t="s">
-        <v>1171</v>
+        <v>812</v>
       </c>
       <c r="B447" s="9">
-        <v>10</v>
+        <v>5.6</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>1172</v>
+        <v>813</v>
       </c>
       <c r="D447" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E447" s="20"/>
+        <v>44341</v>
+      </c>
+      <c r="E447" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="448" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A448" s="5" t="s">
-        <v>783</v>
+        <v>613</v>
       </c>
       <c r="B448" s="9">
-        <v>10</v>
+        <v>5.4</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>784</v>
+        <v>614</v>
       </c>
       <c r="D448" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E448" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="449" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>194.12</v>
+    <row r="449" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A449" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B449" s="9">
+        <v>10</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>1047</v>
-[...6 lines deleted...]
-      </c>
+        <v>1266</v>
+      </c>
+      <c r="D449" s="25">
+        <v>45993</v>
+      </c>
+      <c r="E449" s="20"/>
     </row>
     <row r="450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A450" s="5" t="s">
-        <v>444</v>
+        <v>658</v>
       </c>
       <c r="B450" s="9">
-        <v>11.55</v>
+        <v>10</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>445</v>
+        <v>659</v>
       </c>
       <c r="D450" s="25">
-        <v>44417</v>
+        <v>44337</v>
       </c>
       <c r="E450" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="451" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A451" s="5" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>42.41</v>
+        <v>658</v>
+      </c>
+      <c r="B451" s="9">
+        <v>10</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>477</v>
+        <v>660</v>
       </c>
       <c r="D451" s="25">
-        <v>44762</v>
+        <v>44337</v>
       </c>
       <c r="E451" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="452" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A452" s="5" t="s">
-        <v>476</v>
+        <v>84</v>
       </c>
       <c r="B452" s="9">
-        <v>118.29</v>
+        <v>500</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>478</v>
+        <v>85</v>
       </c>
       <c r="D452" s="25">
-        <v>44762</v>
+        <v>44235</v>
       </c>
       <c r="E452" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="453" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A453" s="6" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A453" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B453" s="9">
+        <v>10</v>
+      </c>
+      <c r="C453" s="15" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D453" s="25">
+        <v>45635</v>
+      </c>
+      <c r="E453" s="20"/>
     </row>
     <row r="454" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A454" s="5" t="s">
-        <v>889</v>
+        <v>19</v>
       </c>
       <c r="B454" s="9">
-        <v>5.6</v>
-[...2 lines deleted...]
-        <v>890</v>
+        <v>1.24</v>
+      </c>
+      <c r="C454" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="D454" s="25">
-        <v>44341</v>
+        <v>44232</v>
       </c>
       <c r="E454" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="455" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A455" s="5" t="s">
-        <v>690</v>
+        <v>106</v>
       </c>
       <c r="B455" s="9">
-        <v>5.4</v>
+        <v>5</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>691</v>
+        <v>107</v>
       </c>
       <c r="D455" s="25">
-        <v>44335</v>
+        <v>44307</v>
       </c>
       <c r="E455" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="456" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A456" s="5" t="s">
-        <v>735</v>
+        <v>188</v>
       </c>
       <c r="B456" s="9">
-        <v>10</v>
+        <v>28.18</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>736</v>
+        <v>189</v>
       </c>
       <c r="D456" s="25">
-        <v>44337</v>
+        <v>44335</v>
       </c>
       <c r="E456" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="457" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A457" s="5" t="s">
-        <v>735</v>
+        <v>20</v>
       </c>
       <c r="B457" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>3.74</v>
+      </c>
+      <c r="C457" s="5" t="s">
+        <v>65</v>
       </c>
       <c r="D457" s="25">
-        <v>44337</v>
+        <v>44232</v>
       </c>
       <c r="E457" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="458" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A458" s="15" t="s">
-[...3 lines deleted...]
-        <v>1.65</v>
+      <c r="A458" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B458" s="9">
+        <v>200</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>36</v>
+        <v>1001</v>
       </c>
       <c r="D458" s="25">
-        <v>43958</v>
-[...3 lines deleted...]
-      </c>
+        <v>44781</v>
+      </c>
+      <c r="E458" s="20"/>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A459" s="5" t="s">
-        <v>161</v>
+        <v>381</v>
       </c>
       <c r="B459" s="9">
-        <v>500</v>
+        <v>30.37</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>162</v>
+        <v>382</v>
       </c>
       <c r="D459" s="25">
-        <v>44235</v>
+        <v>44609</v>
       </c>
       <c r="E459" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A460" s="5" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>914</v>
+      </c>
+      <c r="B460" s="8">
+        <v>16.399999999999999</v>
       </c>
       <c r="C460" s="15" t="s">
-        <v>1230</v>
+        <v>915</v>
       </c>
       <c r="D460" s="25">
-        <v>45635</v>
-[...1 lines deleted...]
-      <c r="E460" s="20"/>
+        <v>45195</v>
+      </c>
+      <c r="E460" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A461" s="5" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>141</v>
+        <v>1095</v>
+      </c>
+      <c r="B461" s="8">
+        <v>10</v>
+      </c>
+      <c r="C461" s="15" t="s">
+        <v>1096</v>
       </c>
       <c r="D461" s="25">
-        <v>44232</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E461" s="20"/>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A462" s="5" t="s">
-        <v>183</v>
+        <v>9</v>
       </c>
       <c r="B462" s="9">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>1.94</v>
+      </c>
+      <c r="C462" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="D462" s="25">
-        <v>44307</v>
+        <v>44231</v>
       </c>
       <c r="E462" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A463" s="5" t="s">
-        <v>265</v>
-[...5 lines deleted...]
-        <v>266</v>
+        <v>9</v>
+      </c>
+      <c r="B463" s="19">
+        <v>3.86</v>
+      </c>
+      <c r="C463" s="5" t="s">
+        <v>39</v>
       </c>
       <c r="D463" s="25">
-        <v>44335</v>
+        <v>44231</v>
       </c>
       <c r="E463" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A464" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>3.74</v>
+        <v>1304</v>
+      </c>
+      <c r="B464" s="19">
+        <v>25</v>
       </c>
       <c r="C464" s="5" t="s">
-        <v>142</v>
+        <v>1305</v>
       </c>
       <c r="D464" s="25">
-        <v>44232</v>
-[...3 lines deleted...]
-      </c>
+        <v>45517</v>
+      </c>
+      <c r="E464" s="20"/>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A465" s="5" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>473</v>
+      </c>
+      <c r="B465" s="8">
+        <v>2</v>
       </c>
       <c r="C465" s="15" t="s">
-        <v>1079</v>
+        <v>474</v>
       </c>
       <c r="D465" s="25">
-        <v>44781</v>
-[...1 lines deleted...]
-      <c r="E465" s="20"/>
+        <v>45211</v>
+      </c>
+      <c r="E465" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="466" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A466" s="5" t="s">
-        <v>458</v>
+        <v>569</v>
       </c>
       <c r="B466" s="9">
-        <v>30.37</v>
+        <v>20</v>
       </c>
       <c r="C466" s="15" t="s">
-        <v>459</v>
+        <v>570</v>
       </c>
       <c r="D466" s="25">
-        <v>44609</v>
+        <v>44335</v>
       </c>
       <c r="E466" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="467" spans="1:5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>16.399999999999999</v>
+    <row r="467" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A467" s="15" t="s">
+        <v>944</v>
+      </c>
+      <c r="B467" s="14">
+        <v>265</v>
       </c>
       <c r="C467" s="15" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-        <v>45195</v>
+        <v>945</v>
+      </c>
+      <c r="D467" s="23">
+        <v>45272</v>
       </c>
       <c r="E467" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A468" s="5" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>279</v>
+      </c>
+      <c r="B468" s="9">
+        <v>1347</v>
       </c>
       <c r="C468" s="15" t="s">
-        <v>1174</v>
+        <v>280</v>
       </c>
       <c r="D468" s="25">
-        <v>45558</v>
-[...1 lines deleted...]
-      <c r="E468" s="20"/>
+        <v>44337</v>
+      </c>
+      <c r="E468" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A469" s="5" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>115</v>
+        <v>279</v>
+      </c>
+      <c r="B469" s="8">
+        <v>499</v>
+      </c>
+      <c r="C469" s="15" t="s">
+        <v>456</v>
       </c>
       <c r="D469" s="25">
-        <v>44231</v>
+        <v>45210</v>
       </c>
       <c r="E469" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="470" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A470" s="5" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>376</v>
+      </c>
+      <c r="B470" s="9">
+        <v>136.88</v>
+      </c>
+      <c r="C470" s="15" t="s">
+        <v>377</v>
       </c>
       <c r="D470" s="25">
-        <v>44231</v>
+        <v>44609</v>
       </c>
       <c r="E470" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A471" s="5" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>173</v>
+      </c>
+      <c r="B471" s="9">
+        <v>325</v>
       </c>
       <c r="C471" s="15" t="s">
-        <v>551</v>
+        <v>197</v>
       </c>
       <c r="D471" s="25">
-        <v>45211</v>
+        <v>44328</v>
       </c>
       <c r="E471" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A472" s="5" t="s">
-        <v>646</v>
+        <v>229</v>
       </c>
       <c r="B472" s="9">
-        <v>20</v>
+        <v>720</v>
       </c>
       <c r="C472" s="15" t="s">
-        <v>647</v>
+        <v>285</v>
       </c>
       <c r="D472" s="25">
-        <v>44335</v>
+        <v>44337</v>
       </c>
       <c r="E472" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="473" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A473" s="5" t="s">
-        <v>54</v>
+        <v>229</v>
       </c>
       <c r="B473" s="9">
-        <v>10.3</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>780</v>
+      </c>
+      <c r="C473" s="15" t="s">
+        <v>230</v>
       </c>
       <c r="D473" s="25">
-        <v>44082</v>
+        <v>44341</v>
       </c>
       <c r="E473" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="474" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>265</v>
+    <row r="474" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A474" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="B474" s="8">
+        <v>36.92</v>
       </c>
       <c r="C474" s="15" t="s">
-        <v>1023</v>
-[...2 lines deleted...]
-        <v>45272</v>
+        <v>442</v>
+      </c>
+      <c r="D474" s="25">
+        <v>45167</v>
       </c>
       <c r="E474" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A475" s="5" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>441</v>
+      </c>
+      <c r="B475" s="8">
+        <v>76.53</v>
       </c>
       <c r="C475" s="15" t="s">
-        <v>357</v>
+        <v>443</v>
       </c>
       <c r="D475" s="25">
-        <v>44337</v>
+        <v>45167</v>
       </c>
       <c r="E475" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="476" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A476" s="5" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>499</v>
+        <v>133</v>
+      </c>
+      <c r="B476" s="9">
+        <v>350</v>
       </c>
       <c r="C476" s="15" t="s">
-        <v>533</v>
+        <v>134</v>
       </c>
       <c r="D476" s="25">
-        <v>45210</v>
+        <v>44329</v>
       </c>
       <c r="E476" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="477" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A477" s="5" t="s">
-        <v>453</v>
+        <v>573</v>
       </c>
       <c r="B477" s="9">
-        <v>136.88</v>
+        <v>10</v>
       </c>
       <c r="C477" s="15" t="s">
-        <v>454</v>
+        <v>574</v>
       </c>
       <c r="D477" s="25">
-        <v>44609</v>
+        <v>44335</v>
       </c>
       <c r="E477" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="478" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A478" s="5" t="s">
-        <v>250</v>
+        <v>276</v>
       </c>
       <c r="B478" s="9">
-        <v>325</v>
+        <v>13.5</v>
       </c>
       <c r="C478" s="15" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D478" s="25">
-        <v>44328</v>
+        <v>44337</v>
       </c>
       <c r="E478" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="479" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A479" s="5" t="s">
-        <v>306</v>
+        <v>1309</v>
       </c>
       <c r="B479" s="9">
-        <v>720</v>
+        <v>750</v>
       </c>
       <c r="C479" s="15" t="s">
-        <v>362</v>
+        <v>1310</v>
       </c>
       <c r="D479" s="25">
-        <v>44337</v>
-[...3 lines deleted...]
-      </c>
+        <v>45596</v>
+      </c>
+      <c r="E479" s="20"/>
     </row>
     <row r="480" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A480" s="5" t="s">
-        <v>306</v>
+        <v>260</v>
       </c>
       <c r="B480" s="9">
-        <v>780</v>
+        <v>18.149999999999999</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>307</v>
+        <v>261</v>
       </c>
       <c r="D480" s="25">
-        <v>44341</v>
+        <v>44337</v>
       </c>
       <c r="E480" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A481" s="5" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>36.92</v>
+        <v>274</v>
+      </c>
+      <c r="B481" s="9">
+        <v>150</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>519</v>
+        <v>275</v>
       </c>
       <c r="D481" s="25">
-        <v>45167</v>
+        <v>44337</v>
       </c>
       <c r="E481" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A482" s="5" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>76.53</v>
+        <v>716</v>
+      </c>
+      <c r="B482" s="9">
+        <v>20</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>520</v>
+        <v>717</v>
       </c>
       <c r="D482" s="25">
-        <v>45167</v>
+        <v>44340</v>
       </c>
       <c r="E482" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="483" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A483" s="5" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>927</v>
+      </c>
+      <c r="B483" s="8">
+        <v>8.1999999999999993</v>
       </c>
       <c r="C483" s="15" t="s">
-        <v>211</v>
+        <v>928</v>
       </c>
       <c r="D483" s="25">
-        <v>44329</v>
+        <v>45205</v>
       </c>
       <c r="E483" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="484" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A484" s="5" t="s">
-        <v>650</v>
+        <v>776</v>
       </c>
       <c r="B484" s="9">
         <v>10</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>651</v>
+        <v>777</v>
       </c>
       <c r="D484" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E484" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="485" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A485" s="5" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>454</v>
+      </c>
+      <c r="B485" s="8">
+        <v>139.9</v>
       </c>
       <c r="C485" s="15" t="s">
-        <v>354</v>
+        <v>455</v>
       </c>
       <c r="D485" s="25">
-        <v>44337</v>
+        <v>45210</v>
       </c>
       <c r="E485" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="486" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A486" s="5" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>18.149999999999999</v>
+        <v>454</v>
+      </c>
+      <c r="B486" s="8">
+        <v>79.95</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>338</v>
+        <v>1111</v>
       </c>
       <c r="D486" s="25">
-        <v>44337</v>
+        <v>45588</v>
       </c>
       <c r="E486" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="487" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A487" s="5" t="s">
-        <v>351</v>
+        <v>208</v>
       </c>
       <c r="B487" s="9">
-        <v>150</v>
+        <v>75</v>
       </c>
       <c r="C487" s="15" t="s">
-        <v>352</v>
+        <v>209</v>
       </c>
       <c r="D487" s="25">
-        <v>44337</v>
+        <v>44340</v>
       </c>
       <c r="E487" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="488" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A488" s="5" t="s">
-        <v>793</v>
+        <v>208</v>
       </c>
       <c r="B488" s="9">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>794</v>
+        <v>414</v>
       </c>
       <c r="D488" s="25">
-        <v>44340</v>
+        <v>44971</v>
       </c>
       <c r="E488" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="489" spans="1:5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>8.1999999999999993</v>
+    <row r="489" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A489" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="B489" s="14">
+        <v>500</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>1005</v>
-[...13 lines deleted...]
-        <v>10</v>
+        <v>985</v>
+      </c>
+      <c r="D489" s="23">
+        <v>45362</v>
+      </c>
+      <c r="E489" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A490" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="B490" s="14">
+        <v>87.25</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>854</v>
-[...13 lines deleted...]
-        <v>139.9</v>
+        <v>1166</v>
+      </c>
+      <c r="D490" s="23">
+        <v>45699</v>
+      </c>
+      <c r="E490" s="21"/>
+    </row>
+    <row r="491" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A491" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B491" s="14">
+        <v>15696.92</v>
       </c>
       <c r="C491" s="15" t="s">
-        <v>532</v>
-[...5 lines deleted...]
-        <v>10000</v>
+        <v>1039</v>
+      </c>
+      <c r="D491" s="23">
+        <v>45505</v>
+      </c>
+      <c r="E491" s="21" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="492" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A492" s="5" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>79.95</v>
+        <v>383</v>
+      </c>
+      <c r="B492" s="9">
+        <v>106.75</v>
       </c>
       <c r="C492" s="15" t="s">
-        <v>1189</v>
+        <v>384</v>
       </c>
       <c r="D492" s="25">
-        <v>45588</v>
+        <v>44609</v>
       </c>
       <c r="E492" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="493" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A493" s="5" t="s">
-        <v>285</v>
+        <v>806</v>
       </c>
       <c r="B493" s="9">
-        <v>75</v>
+        <v>3.3</v>
       </c>
       <c r="C493" s="15" t="s">
-        <v>286</v>
+        <v>807</v>
       </c>
       <c r="D493" s="25">
-        <v>44340</v>
+        <v>44341</v>
       </c>
       <c r="E493" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="494" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>250</v>
+    <row r="494" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A494" s="15" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B494" s="14">
+        <v>10</v>
       </c>
       <c r="C494" s="15" t="s">
-        <v>491</v>
-[...13 lines deleted...]
-        <v>500</v>
+        <v>1013</v>
+      </c>
+      <c r="D494" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E494" s="21">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A495" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="B495" s="8">
+        <v>48</v>
       </c>
       <c r="C495" s="15" t="s">
-        <v>1063</v>
-[...13 lines deleted...]
-        <v>87.25</v>
+        <v>453</v>
+      </c>
+      <c r="D495" s="25">
+        <v>45205</v>
+      </c>
+      <c r="E495" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A496" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B496" s="8">
+        <v>10</v>
       </c>
       <c r="C496" s="15" t="s">
-        <v>1244</v>
-[...11 lines deleted...]
-        <v>15696.92</v>
+        <v>1268</v>
+      </c>
+      <c r="D496" s="25">
+        <v>45993</v>
+      </c>
+      <c r="E496" s="20"/>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A497" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="B497" s="9">
+        <v>10</v>
       </c>
       <c r="C497" s="15" t="s">
-        <v>1117</v>
-[...5 lines deleted...]
-        <v>488</v>
+        <v>638</v>
+      </c>
+      <c r="D497" s="25">
+        <v>44336</v>
+      </c>
+      <c r="E497" s="20">
+        <v>10000</v>
       </c>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A498" s="5" t="s">
-        <v>460</v>
+        <v>302</v>
       </c>
       <c r="B498" s="9">
-        <v>106.75</v>
+        <v>39.51</v>
       </c>
       <c r="C498" s="15" t="s">
-        <v>461</v>
+        <v>303</v>
       </c>
       <c r="D498" s="25">
-        <v>44609</v>
+        <v>44340</v>
       </c>
       <c r="E498" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A499" s="5" t="s">
-        <v>883</v>
+        <v>102</v>
       </c>
       <c r="B499" s="9">
-        <v>3.3</v>
+        <v>13.55</v>
       </c>
       <c r="C499" s="15" t="s">
-        <v>884</v>
+        <v>105</v>
       </c>
       <c r="D499" s="25">
-        <v>44341</v>
+        <v>44307</v>
       </c>
       <c r="E499" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="500" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A500" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A500" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B500" s="9">
+        <v>3.5</v>
       </c>
       <c r="C500" s="15" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-      <c r="E500" s="21">
+        <v>648</v>
+      </c>
+      <c r="D500" s="25">
+        <v>44336</v>
+      </c>
+      <c r="E500" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A501" s="5" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1286</v>
+      </c>
+      <c r="B501" s="9">
+        <v>10</v>
       </c>
       <c r="C501" s="15" t="s">
-        <v>530</v>
+        <v>1287</v>
       </c>
       <c r="D501" s="25">
-        <v>45205</v>
-[...3 lines deleted...]
-      </c>
+        <v>46062</v>
+      </c>
+      <c r="E501" s="20"/>
     </row>
     <row r="502" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A502" s="5" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>467</v>
+      </c>
+      <c r="B502" s="8">
+        <v>323.83999999999997</v>
       </c>
       <c r="C502" s="15" t="s">
-        <v>715</v>
+        <v>468</v>
       </c>
       <c r="D502" s="25">
-        <v>44336</v>
+        <v>45210</v>
       </c>
       <c r="E502" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A503" s="5" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>39.51</v>
+        <v>916</v>
+      </c>
+      <c r="B503" s="8">
+        <v>10.4</v>
       </c>
       <c r="C503" s="15" t="s">
-        <v>380</v>
+        <v>917</v>
       </c>
       <c r="D503" s="25">
-        <v>44340</v>
+        <v>45195</v>
       </c>
       <c r="E503" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="504" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A504" s="5" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>13.55</v>
+        <v>1112</v>
+      </c>
+      <c r="B504" s="8">
+        <v>43.82</v>
       </c>
       <c r="C504" s="15" t="s">
-        <v>182</v>
+        <v>1113</v>
       </c>
       <c r="D504" s="25">
-        <v>44307</v>
+        <v>45588</v>
       </c>
       <c r="E504" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A505" s="5" t="s">
-        <v>724</v>
+        <v>669</v>
       </c>
       <c r="B505" s="9">
-        <v>3.5</v>
+        <v>6.4</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>725</v>
+        <v>670</v>
       </c>
       <c r="D505" s="25">
-        <v>44336</v>
+        <v>44337</v>
       </c>
       <c r="E505" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A506" s="5" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>323.83999999999997</v>
+        <v>1210</v>
+      </c>
+      <c r="B506" s="9">
+        <v>19.45</v>
       </c>
       <c r="C506" s="15" t="s">
-        <v>545</v>
+        <v>1211</v>
       </c>
       <c r="D506" s="25">
-        <v>45210</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E506" s="20"/>
     </row>
     <row r="507" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A507" s="5" t="s">
-[...3 lines deleted...]
-        <v>10.4</v>
+      <c r="A507" s="15" t="s">
+        <v>974</v>
+      </c>
+      <c r="B507" s="14">
+        <v>10</v>
       </c>
       <c r="C507" s="15" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>45195</v>
+        <v>975</v>
+      </c>
+      <c r="D507" s="23">
+        <v>45335</v>
       </c>
       <c r="E507" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="508" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>43.82</v>
+    <row r="508" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A508" s="15" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B508" s="14">
+        <v>10</v>
       </c>
       <c r="C508" s="15" t="s">
-        <v>1191</v>
-[...4 lines deleted...]
-      <c r="E508" s="20">
+        <v>1015</v>
+      </c>
+      <c r="D508" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E508" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="509" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A509" s="5" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>6.4</v>
+        <v>898</v>
+      </c>
+      <c r="B509" s="8">
+        <v>10</v>
       </c>
       <c r="C509" s="15" t="s">
-        <v>747</v>
+        <v>899</v>
       </c>
       <c r="D509" s="25">
-        <v>44337</v>
+        <v>45195</v>
       </c>
       <c r="E509" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="510" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A510" s="5" t="s">
-        <v>1290</v>
+        <v>233</v>
       </c>
       <c r="B510" s="9">
-        <v>19.45</v>
+        <v>11.03</v>
       </c>
       <c r="C510" s="15" t="s">
-        <v>1291</v>
+        <v>234</v>
       </c>
       <c r="D510" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E510" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E510" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="511" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A511" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A511" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="B511" s="9">
+        <v>7.54</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>45335</v>
+        <v>255</v>
+      </c>
+      <c r="D511" s="25">
+        <v>44340</v>
       </c>
       <c r="E511" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A512" s="15" t="s">
-[...3 lines deleted...]
-        <v>5.79</v>
+      <c r="A512" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="B512" s="9">
+        <v>20</v>
       </c>
       <c r="C512" s="15" t="s">
-        <v>33</v>
+        <v>769</v>
       </c>
       <c r="D512" s="25">
-        <v>43958</v>
+        <v>44341</v>
       </c>
       <c r="E512" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="513" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A513" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A513" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="B513" s="16">
+        <v>20</v>
       </c>
       <c r="C513" s="15" t="s">
-        <v>1093</v>
-[...4 lines deleted...]
-      <c r="E513" s="21">
+        <v>759</v>
+      </c>
+      <c r="D513" s="25">
+        <v>44341</v>
+      </c>
+      <c r="E513" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A514" s="5" t="s">
-        <v>975</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>553</v>
+      </c>
+      <c r="B514" s="9">
+        <v>4.5999999999999996</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>976</v>
+        <v>554</v>
       </c>
       <c r="D514" s="25">
-        <v>45195</v>
+        <v>44328</v>
       </c>
       <c r="E514" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A515" s="5" t="s">
-        <v>1284</v>
+        <v>900</v>
       </c>
       <c r="B515" s="8">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>1285</v>
+        <v>901</v>
       </c>
       <c r="D515" s="25">
-        <v>45859</v>
-[...1 lines deleted...]
-      <c r="E515" s="20"/>
+        <v>45195</v>
+      </c>
+      <c r="E515" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="516" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A516" s="5" t="s">
-[...3 lines deleted...]
-        <v>11.03</v>
+      <c r="A516" s="15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B516" s="14">
+        <v>10</v>
       </c>
       <c r="C516" s="15" t="s">
-        <v>311</v>
-[...4 lines deleted...]
-      <c r="E516" s="20">
+        <v>1024</v>
+      </c>
+      <c r="D516" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E516" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="517" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A517" s="5" t="s">
-        <v>310</v>
+        <v>98</v>
       </c>
       <c r="B517" s="9">
-        <v>7.54</v>
+        <v>3.47</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>332</v>
+        <v>99</v>
       </c>
       <c r="D517" s="25">
-        <v>44340</v>
+        <v>44291</v>
       </c>
       <c r="E517" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="518" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A518" s="5" t="s">
-        <v>845</v>
+        <v>98</v>
       </c>
       <c r="B518" s="9">
-        <v>20</v>
+        <v>26.55</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>846</v>
+        <v>304</v>
       </c>
       <c r="D518" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E518" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="519" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A519" s="5" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>98</v>
+      </c>
+      <c r="B519" s="9">
+        <v>0.77</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>836</v>
+        <v>322</v>
       </c>
       <c r="D519" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E519" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A520" s="5" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>4.5999999999999996</v>
+        <v>902</v>
+      </c>
+      <c r="B520" s="8">
+        <v>10</v>
       </c>
       <c r="C520" s="15" t="s">
-        <v>631</v>
+        <v>903</v>
       </c>
       <c r="D520" s="25">
-        <v>44328</v>
+        <v>45195</v>
       </c>
       <c r="E520" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="521" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A521" s="5" t="s">
-[...2 lines deleted...]
-      <c r="B521" s="8">
+      <c r="A521" s="15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B521" s="14">
         <v>10</v>
       </c>
       <c r="C521" s="15" t="s">
-        <v>978</v>
-[...4 lines deleted...]
-      <c r="E521" s="20">
+        <v>1035</v>
+      </c>
+      <c r="D521" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E521" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="522" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A522" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A522" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="B522" s="8">
+        <v>30</v>
       </c>
       <c r="C522" s="15" t="s">
-        <v>1102</v>
-[...4 lines deleted...]
-      <c r="E522" s="21">
+        <v>519</v>
+      </c>
+      <c r="D522" s="25">
+        <v>45211</v>
+      </c>
+      <c r="E522" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A523" s="5" t="s">
-        <v>175</v>
+        <v>11</v>
       </c>
       <c r="B523" s="9">
-        <v>3.47</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>14.28</v>
+      </c>
+      <c r="C523" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="D523" s="25">
-        <v>44291</v>
+        <v>44231</v>
       </c>
       <c r="E523" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A524" s="5" t="s">
-        <v>175</v>
+        <v>567</v>
       </c>
       <c r="B524" s="9">
-        <v>26.55</v>
+        <v>20</v>
       </c>
       <c r="C524" s="15" t="s">
-        <v>381</v>
+        <v>568</v>
       </c>
       <c r="D524" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E524" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="525" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A525" s="5" t="s">
-[...3 lines deleted...]
-        <v>0.77</v>
+      <c r="A525" s="15" t="s">
+        <v>948</v>
+      </c>
+      <c r="B525" s="14">
+        <v>150.06</v>
       </c>
       <c r="C525" s="15" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>44340</v>
+        <v>949</v>
+      </c>
+      <c r="D525" s="23">
+        <v>45272</v>
       </c>
       <c r="E525" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="526" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A526" s="5" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A526" s="15" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B526" s="14">
+        <v>27.25</v>
       </c>
       <c r="C526" s="15" t="s">
-        <v>980</v>
-[...8 lines deleted...]
-    <row r="527" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1168</v>
+      </c>
+      <c r="D526" s="23">
+        <v>45699</v>
+      </c>
+      <c r="E526" s="20"/>
+    </row>
+    <row r="527" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A527" s="15" t="s">
-        <v>1112</v>
+        <v>1300</v>
       </c>
       <c r="B527" s="14">
-        <v>10</v>
+        <v>80.650000000000006</v>
       </c>
       <c r="C527" s="15" t="s">
-        <v>1113</v>
+        <v>1301</v>
       </c>
       <c r="D527" s="23">
-        <v>45406</v>
-[...3 lines deleted...]
-      </c>
+        <v>45470</v>
+      </c>
+      <c r="E527" s="20"/>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A528" s="5" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>225</v>
+      </c>
+      <c r="B528" s="9">
+        <v>18.84</v>
       </c>
       <c r="C528" s="15" t="s">
-        <v>596</v>
+        <v>226</v>
       </c>
       <c r="D528" s="25">
-        <v>45211</v>
+        <v>44341</v>
       </c>
       <c r="E528" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A529" s="5" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>118</v>
+        <v>503</v>
+      </c>
+      <c r="B529" s="8">
+        <v>8.64</v>
+      </c>
+      <c r="C529" s="15" t="s">
+        <v>504</v>
       </c>
       <c r="D529" s="25">
-        <v>44231</v>
+        <v>45211</v>
       </c>
       <c r="E529" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A530" s="5" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1236</v>
+      </c>
+      <c r="B530" s="8">
+        <v>10</v>
       </c>
       <c r="C530" s="15" t="s">
-        <v>645</v>
+        <v>1237</v>
       </c>
       <c r="D530" s="25">
-        <v>44335</v>
-[...3 lines deleted...]
-      </c>
+        <v>45887</v>
+      </c>
+      <c r="E530" s="20"/>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A531" s="15" t="s">
-[...9 lines deleted...]
-        <v>45272</v>
+      <c r="A531" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B531" s="9">
+        <v>15.11</v>
+      </c>
+      <c r="C531" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D531" s="27">
+        <v>45588</v>
       </c>
       <c r="E531" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="532" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A532" s="15" t="s">
-[...11 lines deleted...]
-      <c r="E532" s="20"/>
+      <c r="A532" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B532" s="9">
+        <v>31.42</v>
+      </c>
+      <c r="C532" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D532" s="27">
+        <v>45588</v>
+      </c>
+      <c r="E532" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="533" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A533" s="5" t="s">
-        <v>302</v>
+        <v>1122</v>
       </c>
       <c r="B533" s="9">
-        <v>18.84</v>
-[...5 lines deleted...]
-        <v>44341</v>
+        <v>35.700000000000003</v>
+      </c>
+      <c r="C533" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D533" s="27">
+        <v>45588</v>
       </c>
       <c r="E533" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A534" s="5" t="s">
-        <v>580</v>
-[...8 lines deleted...]
-        <v>45211</v>
+        <v>1122</v>
+      </c>
+      <c r="B534" s="9">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="C534" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D534" s="27">
+        <v>45588</v>
       </c>
       <c r="E534" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A535" s="5" t="s">
-        <v>1316</v>
-[...10 lines deleted...]
-      <c r="E535" s="20"/>
+        <v>1127</v>
+      </c>
+      <c r="B535" s="9">
+        <v>15.08</v>
+      </c>
+      <c r="C535" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D535" s="27">
+        <v>45588</v>
+      </c>
+      <c r="E535" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="536" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A536" s="5" t="s">
-        <v>1200</v>
+        <v>7</v>
       </c>
       <c r="B536" s="9">
-        <v>15.11</v>
+        <v>9.23</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>1201</v>
-[...2 lines deleted...]
-        <v>45588</v>
+        <v>36</v>
+      </c>
+      <c r="D536" s="25">
+        <v>44231</v>
       </c>
       <c r="E536" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="537" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A537" s="5" t="s">
-        <v>1200</v>
-[...8 lines deleted...]
-        <v>45588</v>
+        <v>501</v>
+      </c>
+      <c r="B537" s="8">
+        <v>22.85</v>
+      </c>
+      <c r="C537" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="D537" s="25">
+        <v>45211</v>
       </c>
       <c r="E537" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="538" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A538" s="5" t="s">
-        <v>1200</v>
+        <v>223</v>
       </c>
       <c r="B538" s="9">
-        <v>35.700000000000003</v>
-[...5 lines deleted...]
-        <v>45588</v>
+        <v>72</v>
+      </c>
+      <c r="C538" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D538" s="25">
+        <v>44341</v>
       </c>
       <c r="E538" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A539" s="5" t="s">
-        <v>1200</v>
+        <v>1097</v>
       </c>
       <c r="B539" s="9">
-        <v>35.700000000000003</v>
-[...5 lines deleted...]
-        <v>45588</v>
+        <v>10</v>
+      </c>
+      <c r="C539" s="15" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D539" s="25">
+        <v>45558</v>
       </c>
       <c r="E539" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A540" s="5" t="s">
-        <v>1205</v>
+        <v>1157</v>
       </c>
       <c r="B540" s="9">
-        <v>15.08</v>
-[...5 lines deleted...]
-        <v>45588</v>
+        <v>400</v>
+      </c>
+      <c r="C540" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D540" s="25">
+        <v>45680</v>
       </c>
       <c r="E540" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A541" s="5" t="s">
-        <v>72</v>
+        <v>1159</v>
       </c>
       <c r="B541" s="9">
-        <v>9.23</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>250</v>
+      </c>
+      <c r="C541" s="15" t="s">
+        <v>1160</v>
       </c>
       <c r="D541" s="25">
-        <v>44231</v>
-[...3 lines deleted...]
-      </c>
+        <v>45699</v>
+      </c>
+      <c r="E541" s="20"/>
     </row>
     <row r="542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A542" s="5" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>22.85</v>
+        <v>1191</v>
+      </c>
+      <c r="B542" s="9">
+        <v>10</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>579</v>
+        <v>1192</v>
       </c>
       <c r="D542" s="25">
-        <v>45211</v>
-[...3 lines deleted...]
-      </c>
+        <v>45762</v>
+      </c>
+      <c r="E542" s="20"/>
     </row>
     <row r="543" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A543" s="5" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="A543" s="15" t="s">
+        <v>946</v>
+      </c>
+      <c r="B543" s="14">
+        <v>135.62</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>44341</v>
+        <v>947</v>
+      </c>
+      <c r="D543" s="23">
+        <v>45272</v>
       </c>
       <c r="E543" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="544" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A544" s="5" t="s">
-        <v>1175</v>
+        <v>429</v>
       </c>
       <c r="B544" s="9">
-        <v>10</v>
+        <v>43.25</v>
       </c>
       <c r="C544" s="15" t="s">
-        <v>1176</v>
+        <v>430</v>
       </c>
       <c r="D544" s="25">
-        <v>45558</v>
+        <v>45028</v>
       </c>
       <c r="E544" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="545" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A545" s="5" t="s">
-        <v>1235</v>
+        <v>12</v>
       </c>
       <c r="B545" s="9">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>1236</v>
+        <v>51.24</v>
+      </c>
+      <c r="C545" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="D545" s="25">
-        <v>45680</v>
+        <v>44231</v>
       </c>
       <c r="E545" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A546" s="5" t="s">
-        <v>1237</v>
+        <v>593</v>
       </c>
       <c r="B546" s="9">
-        <v>250</v>
+        <v>6.1</v>
       </c>
       <c r="C546" s="15" t="s">
-        <v>1238</v>
+        <v>594</v>
       </c>
       <c r="D546" s="25">
-        <v>45699</v>
-[...3 lines deleted...]
-    <row r="547" spans="1:5" x14ac:dyDescent="0.25">
+        <v>44335</v>
+      </c>
+      <c r="E546" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="547" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A547" s="5" t="s">
-        <v>1269</v>
+        <v>178</v>
       </c>
       <c r="B547" s="9">
-        <v>10</v>
+        <v>4.6900000000000004</v>
       </c>
       <c r="C547" s="15" t="s">
-        <v>1270</v>
+        <v>179</v>
       </c>
       <c r="D547" s="25">
-        <v>45762</v>
-[...1 lines deleted...]
-      <c r="E547" s="20"/>
+        <v>44335</v>
+      </c>
+      <c r="E547" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="548" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A548" s="15" t="s">
-[...3 lines deleted...]
-        <v>135.62</v>
+      <c r="A548" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="B548" s="9">
+        <v>5.8</v>
       </c>
       <c r="C548" s="15" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-        <v>45272</v>
+        <v>552</v>
+      </c>
+      <c r="D548" s="25">
+        <v>44328</v>
       </c>
       <c r="E548" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A549" s="5" t="s">
-        <v>65</v>
+        <v>933</v>
       </c>
       <c r="B549" s="9">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>75.2</v>
+      </c>
+      <c r="C549" s="15" t="s">
+        <v>83</v>
       </c>
       <c r="D549" s="25">
-        <v>44082</v>
+        <v>44235</v>
       </c>
       <c r="E549" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A550" s="5" t="s">
-        <v>506</v>
+        <v>687</v>
       </c>
       <c r="B550" s="9">
-        <v>43.25</v>
+        <v>10</v>
       </c>
       <c r="C550" s="15" t="s">
-        <v>507</v>
+        <v>688</v>
       </c>
       <c r="D550" s="25">
-        <v>45028</v>
+        <v>44340</v>
       </c>
       <c r="E550" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A551" s="5" t="s">
-[...11 lines deleted...]
-      <c r="E551" s="20">
+      <c r="A551" s="15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B551" s="14">
+        <v>10</v>
+      </c>
+      <c r="C551" s="15" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D551" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E551" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A552" s="5" t="s">
-        <v>670</v>
+        <v>300</v>
       </c>
       <c r="B552" s="9">
-        <v>6.1</v>
+        <v>2.8</v>
       </c>
       <c r="C552" s="15" t="s">
-        <v>671</v>
+        <v>301</v>
       </c>
       <c r="D552" s="25">
-        <v>44335</v>
+        <v>44386</v>
       </c>
       <c r="E552" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="553" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A553" s="5" t="s">
-        <v>255</v>
+        <v>1002</v>
       </c>
       <c r="B553" s="9">
-        <v>4.6900000000000004</v>
+        <v>118</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>256</v>
+        <v>999</v>
       </c>
       <c r="D553" s="25">
-        <v>44335</v>
+        <v>44757</v>
       </c>
       <c r="E553" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="554" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A554" s="5" t="s">
-        <v>628</v>
+        <v>266</v>
       </c>
       <c r="B554" s="9">
-        <v>5.8</v>
+        <v>149</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>629</v>
+        <v>267</v>
       </c>
       <c r="D554" s="25">
-        <v>44328</v>
+        <v>44337</v>
       </c>
       <c r="E554" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="555" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A555" s="5" t="s">
-        <v>1010</v>
+        <v>21</v>
       </c>
       <c r="B555" s="9">
-        <v>75.2</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>16.7</v>
+      </c>
+      <c r="C555" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="D555" s="25">
-        <v>44235</v>
+        <v>44232</v>
       </c>
       <c r="E555" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="556" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A556" s="5" t="s">
-        <v>764</v>
+        <v>21</v>
       </c>
       <c r="B556" s="9">
-        <v>10</v>
+        <v>6.17</v>
       </c>
       <c r="C556" s="15" t="s">
-        <v>765</v>
+        <v>323</v>
       </c>
       <c r="D556" s="25">
         <v>44340</v>
       </c>
       <c r="E556" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="557" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A557" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A557" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B557" s="9">
+        <v>4.2699999999999996</v>
       </c>
       <c r="C557" s="15" t="s">
-        <v>1115</v>
-[...4 lines deleted...]
-      <c r="E557" s="21">
+        <v>324</v>
+      </c>
+      <c r="D557" s="25">
+        <v>44340</v>
+      </c>
+      <c r="E557" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A558" s="5" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
       <c r="B558" s="9">
-        <v>2.8</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>31.45</v>
+      </c>
+      <c r="C558" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="D558" s="25">
-        <v>44386</v>
+        <v>44232</v>
       </c>
       <c r="E558" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A559" s="5" t="s">
-        <v>1080</v>
+        <v>22</v>
       </c>
       <c r="B559" s="9">
-        <v>118</v>
+        <v>13.7</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>1077</v>
+        <v>324</v>
       </c>
       <c r="D559" s="25">
-        <v>44757</v>
+        <v>44340</v>
       </c>
       <c r="E559" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A560" s="5" t="s">
-        <v>343</v>
+        <v>22</v>
       </c>
       <c r="B560" s="9">
-        <v>149</v>
+        <v>9.4600000000000009</v>
       </c>
       <c r="C560" s="15" t="s">
-        <v>344</v>
+        <v>324</v>
       </c>
       <c r="D560" s="25">
-        <v>44337</v>
+        <v>44340</v>
       </c>
       <c r="E560" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A561" s="5" t="s">
-        <v>86</v>
+        <v>557</v>
       </c>
       <c r="B561" s="9">
-        <v>16.7</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>10</v>
+      </c>
+      <c r="C561" s="15" t="s">
+        <v>558</v>
       </c>
       <c r="D561" s="25">
-        <v>44232</v>
+        <v>44335</v>
       </c>
       <c r="E561" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A562" s="5" t="s">
-        <v>86</v>
+        <v>747</v>
       </c>
       <c r="B562" s="9">
-        <v>6.17</v>
+        <v>3.2</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>400</v>
+        <v>748</v>
       </c>
       <c r="D562" s="25">
         <v>44340</v>
       </c>
       <c r="E562" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="563" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A563" s="5" t="s">
-        <v>86</v>
+        <v>747</v>
       </c>
       <c r="B563" s="9">
-        <v>4.2699999999999996</v>
+        <v>3.2</v>
       </c>
       <c r="C563" s="15" t="s">
-        <v>401</v>
+        <v>749</v>
       </c>
       <c r="D563" s="25">
         <v>44340</v>
       </c>
       <c r="E563" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="564" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A564" s="5" t="s">
-        <v>87</v>
+        <v>1060</v>
       </c>
       <c r="B564" s="9">
-        <v>31.45</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>200.21</v>
+      </c>
+      <c r="C564" s="15" t="s">
+        <v>1061</v>
       </c>
       <c r="D564" s="25">
-        <v>44232</v>
-[...5 lines deleted...]
-    <row r="565" spans="1:5" x14ac:dyDescent="0.25">
+        <v>45527</v>
+      </c>
+      <c r="E564" s="20"/>
+    </row>
+    <row r="565" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A565" s="5" t="s">
-        <v>87</v>
+        <v>1118</v>
       </c>
       <c r="B565" s="9">
-        <v>13.7</v>
+        <v>34.46</v>
       </c>
       <c r="C565" s="15" t="s">
-        <v>401</v>
+        <v>1119</v>
       </c>
       <c r="D565" s="25">
-        <v>44340</v>
+        <v>45588</v>
       </c>
       <c r="E565" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A566" s="5" t="s">
-        <v>87</v>
+        <v>633</v>
       </c>
       <c r="B566" s="9">
-        <v>9.4600000000000009</v>
+        <v>20</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>401</v>
+        <v>634</v>
       </c>
       <c r="D566" s="25">
-        <v>44340</v>
+        <v>44336</v>
       </c>
       <c r="E566" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A567" s="5" t="s">
-        <v>634</v>
+        <v>1307</v>
       </c>
       <c r="B567" s="9">
-        <v>10</v>
+        <v>7.86</v>
       </c>
       <c r="C567" s="15" t="s">
-        <v>635</v>
+        <v>1308</v>
       </c>
       <c r="D567" s="25">
-        <v>44335</v>
-[...3 lines deleted...]
-      </c>
+        <v>45596</v>
+      </c>
+      <c r="E567" s="20"/>
     </row>
     <row r="568" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A568" s="5" t="s">
-        <v>824</v>
+        <v>139</v>
       </c>
       <c r="B568" s="9">
-        <v>3.2</v>
+        <v>6.1</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>825</v>
+        <v>140</v>
       </c>
       <c r="D568" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E568" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A569" s="5" t="s">
-        <v>824</v>
+        <v>139</v>
       </c>
       <c r="B569" s="9">
-        <v>3.2</v>
+        <v>3.05</v>
       </c>
       <c r="C569" s="15" t="s">
-        <v>826</v>
+        <v>141</v>
       </c>
       <c r="D569" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E569" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="570" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A570" s="5" t="s">
-        <v>1138</v>
+        <v>139</v>
       </c>
       <c r="B570" s="9">
-        <v>200.21</v>
+        <v>6.1</v>
       </c>
       <c r="C570" s="15" t="s">
-        <v>1139</v>
+        <v>142</v>
       </c>
       <c r="D570" s="25">
-        <v>45527</v>
-[...3 lines deleted...]
-    <row r="571" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+        <v>44329</v>
+      </c>
+      <c r="E570" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="571" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A571" s="5" t="s">
-        <v>1196</v>
+        <v>139</v>
       </c>
       <c r="B571" s="9">
-        <v>34.46</v>
+        <v>3.05</v>
       </c>
       <c r="C571" s="15" t="s">
-        <v>1197</v>
+        <v>143</v>
       </c>
       <c r="D571" s="25">
-        <v>45588</v>
+        <v>44329</v>
       </c>
       <c r="E571" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="572" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A572" s="5" t="s">
-        <v>710</v>
+        <v>139</v>
       </c>
       <c r="B572" s="9">
-        <v>20</v>
+        <v>3.05</v>
       </c>
       <c r="C572" s="15" t="s">
-        <v>711</v>
+        <v>158</v>
       </c>
       <c r="D572" s="25">
-        <v>44336</v>
+        <v>44329</v>
       </c>
       <c r="E572" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="573" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A573" s="15" t="s">
-[...3 lines deleted...]
-        <v>3.08</v>
+      <c r="A573" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B573" s="9">
+        <v>6.1</v>
       </c>
       <c r="C573" s="15" t="s">
-        <v>47</v>
+        <v>160</v>
       </c>
       <c r="D573" s="25">
-        <v>43958</v>
+        <v>44329</v>
       </c>
       <c r="E573" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="574" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A574" s="5" t="s">
-        <v>216</v>
+        <v>283</v>
       </c>
       <c r="B574" s="9">
-        <v>6.1</v>
+        <v>5.98</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>217</v>
+        <v>284</v>
       </c>
       <c r="D574" s="25">
-        <v>44329</v>
+        <v>44337</v>
       </c>
       <c r="E574" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="575" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A575" s="5" t="s">
-        <v>216</v>
+        <v>6</v>
       </c>
       <c r="B575" s="9">
-        <v>3.05</v>
+        <v>0.43</v>
       </c>
       <c r="C575" s="15" t="s">
-        <v>218</v>
+        <v>410</v>
       </c>
       <c r="D575" s="25">
-        <v>44329</v>
+        <v>44795</v>
       </c>
       <c r="E575" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="576" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A576" s="5" t="s">
-        <v>216</v>
+        <v>6</v>
       </c>
       <c r="B576" s="9">
-        <v>6.1</v>
+        <v>0.19</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>219</v>
+        <v>436</v>
       </c>
       <c r="D576" s="25">
-        <v>44329</v>
+        <v>45012</v>
       </c>
       <c r="E576" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="577" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A577" s="5" t="s">
-        <v>216</v>
+        <v>1155</v>
       </c>
       <c r="B577" s="9">
-        <v>3.05</v>
+        <v>400</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>220</v>
+        <v>1156</v>
       </c>
       <c r="D577" s="25">
-        <v>44329</v>
+        <v>45680</v>
       </c>
       <c r="E577" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="578" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A578" s="5" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="B578" s="9">
-        <v>3.05</v>
+        <v>8.0500000000000007</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D578" s="25">
-        <v>44329</v>
+        <v>44340</v>
       </c>
       <c r="E578" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A579" s="5" t="s">
-        <v>216</v>
+        <v>820</v>
       </c>
       <c r="B579" s="9">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="C579" s="15" t="s">
-        <v>237</v>
+        <v>821</v>
       </c>
       <c r="D579" s="25">
-        <v>44329</v>
+        <v>44341</v>
       </c>
       <c r="E579" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="580" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A580" s="5" t="s">
-        <v>360</v>
+        <v>786</v>
       </c>
       <c r="B580" s="9">
-        <v>5.98</v>
+        <v>10</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>361</v>
+        <v>787</v>
       </c>
       <c r="D580" s="25">
-        <v>44337</v>
+        <v>44341</v>
       </c>
       <c r="E580" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="581" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A581" s="5" t="s">
-        <v>6</v>
+        <v>591</v>
       </c>
       <c r="B581" s="9">
-        <v>0.43</v>
+        <v>9.4</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>487</v>
+        <v>592</v>
       </c>
       <c r="D581" s="25">
-        <v>44795</v>
+        <v>44335</v>
       </c>
       <c r="E581" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A582" s="5" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
       <c r="B582" s="9">
-        <v>0.19</v>
+        <v>6.8</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>513</v>
+        <v>238</v>
       </c>
       <c r="D582" s="25">
-        <v>45012</v>
+        <v>44340</v>
       </c>
       <c r="E582" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A583" s="5" t="s">
-        <v>1233</v>
+        <v>237</v>
       </c>
       <c r="B583" s="9">
-        <v>400</v>
+        <v>51.24</v>
       </c>
       <c r="C583" s="15" t="s">
-        <v>1234</v>
+        <v>307</v>
       </c>
       <c r="D583" s="25">
-        <v>45680</v>
+        <v>44340</v>
       </c>
       <c r="E583" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="584" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A584" s="5" t="s">
-        <v>312</v>
+        <v>778</v>
       </c>
       <c r="B584" s="9">
-        <v>8.0500000000000007</v>
+        <v>10</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>313</v>
+        <v>779</v>
       </c>
       <c r="D584" s="25">
-        <v>44340</v>
+        <v>44341</v>
       </c>
       <c r="E584" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="585" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A585" s="5" t="s">
-        <v>897</v>
+        <v>581</v>
       </c>
       <c r="B585" s="9">
-        <v>5.8</v>
+        <v>10</v>
       </c>
       <c r="C585" s="15" t="s">
-        <v>898</v>
+        <v>582</v>
       </c>
       <c r="D585" s="25">
-        <v>44341</v>
+        <v>44335</v>
       </c>
       <c r="E585" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="586" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A586" s="5" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>471</v>
+      </c>
+      <c r="B586" s="8">
+        <v>2.0499999999999998</v>
       </c>
       <c r="C586" s="15" t="s">
-        <v>864</v>
+        <v>472</v>
       </c>
       <c r="D586" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E586" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A587" s="5" t="s">
-        <v>668</v>
+        <v>641</v>
       </c>
       <c r="B587" s="9">
-        <v>9.4</v>
+        <v>9</v>
       </c>
       <c r="C587" s="15" t="s">
-        <v>669</v>
+        <v>642</v>
       </c>
       <c r="D587" s="25">
-        <v>44335</v>
+        <v>44336</v>
       </c>
       <c r="E587" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="588" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A588" s="5" t="s">
-        <v>314</v>
+        <v>641</v>
       </c>
       <c r="B588" s="9">
-        <v>6.8</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="C588" s="15" t="s">
-        <v>315</v>
+        <v>649</v>
       </c>
       <c r="D588" s="25">
-        <v>44340</v>
+        <v>44336</v>
       </c>
       <c r="E588" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="589" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A589" s="5" t="s">
-        <v>314</v>
+        <v>760</v>
       </c>
       <c r="B589" s="9">
-        <v>51.24</v>
+        <v>10</v>
       </c>
       <c r="C589" s="15" t="s">
-        <v>384</v>
+        <v>761</v>
       </c>
       <c r="D589" s="25">
-        <v>44340</v>
+        <v>44341</v>
       </c>
       <c r="E589" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="590" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A590" s="5" t="s">
-        <v>855</v>
+        <v>555</v>
       </c>
       <c r="B590" s="9">
         <v>10</v>
       </c>
       <c r="C590" s="15" t="s">
-        <v>856</v>
+        <v>556</v>
       </c>
       <c r="D590" s="25">
-        <v>44341</v>
+        <v>44335</v>
       </c>
       <c r="E590" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="591" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A591" s="5" t="s">
-        <v>658</v>
+        <v>422</v>
       </c>
       <c r="B591" s="9">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="C591" s="15" t="s">
-        <v>659</v>
+        <v>424</v>
       </c>
       <c r="D591" s="25">
-        <v>44335</v>
+        <v>45028</v>
       </c>
       <c r="E591" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="592" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A592" s="5" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>2.0499999999999998</v>
+        <v>603</v>
+      </c>
+      <c r="B592" s="9">
+        <v>3.6</v>
       </c>
       <c r="C592" s="15" t="s">
-        <v>549</v>
+        <v>604</v>
       </c>
       <c r="D592" s="25">
-        <v>45211</v>
+        <v>44335</v>
       </c>
       <c r="E592" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="593" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A593" s="5" t="s">
-        <v>718</v>
+        <v>603</v>
       </c>
       <c r="B593" s="9">
-        <v>9</v>
+        <v>3.3</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>719</v>
+        <v>610</v>
       </c>
       <c r="D593" s="25">
-        <v>44336</v>
+        <v>44335</v>
       </c>
       <c r="E593" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="594" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A594" s="5" t="s">
-        <v>718</v>
+        <v>415</v>
       </c>
       <c r="B594" s="9">
-        <v>8.1999999999999993</v>
+        <v>94</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>726</v>
+        <v>416</v>
       </c>
       <c r="D594" s="25">
-        <v>44336</v>
+        <v>44971</v>
       </c>
       <c r="E594" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="595" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A595" s="5" t="s">
-        <v>837</v>
+        <v>23</v>
       </c>
       <c r="B595" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>27.55</v>
+      </c>
+      <c r="C595" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="D595" s="25">
-        <v>44341</v>
+        <v>44232</v>
       </c>
       <c r="E595" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="596" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A596" s="5" t="s">
-        <v>632</v>
+        <v>23</v>
       </c>
       <c r="B596" s="9">
-        <v>10</v>
+        <v>6.95</v>
       </c>
       <c r="C596" s="15" t="s">
-        <v>633</v>
+        <v>325</v>
       </c>
       <c r="D596" s="25">
-        <v>44335</v>
+        <v>44340</v>
       </c>
       <c r="E596" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="597" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A597" s="15" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A597" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B597" s="9">
+        <v>4.84</v>
       </c>
       <c r="C597" s="15" t="s">
-        <v>49</v>
+        <v>325</v>
       </c>
       <c r="D597" s="25">
-        <v>43958</v>
+        <v>44340</v>
       </c>
       <c r="E597" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="598" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A598" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>457</v>
+      </c>
+      <c r="B598" s="8">
+        <v>19.12</v>
+      </c>
+      <c r="C598" s="15" t="s">
+        <v>458</v>
       </c>
       <c r="D598" s="25">
-        <v>44175</v>
+        <v>45210</v>
       </c>
       <c r="E598" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="599" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A599" s="5" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>1107</v>
+      </c>
+      <c r="B599" s="8">
+        <v>7.4</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>501</v>
+        <v>1108</v>
       </c>
       <c r="D599" s="25">
-        <v>45028</v>
-[...3 lines deleted...]
-      </c>
+        <v>45558</v>
+      </c>
+      <c r="E599" s="20"/>
     </row>
     <row r="600" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A600" s="5" t="s">
-        <v>680</v>
+        <v>818</v>
       </c>
       <c r="B600" s="9">
-        <v>3.6</v>
+        <v>6.4</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>681</v>
+        <v>819</v>
       </c>
       <c r="D600" s="25">
-        <v>44335</v>
+        <v>44341</v>
       </c>
       <c r="E600" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="601" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A601" s="5" t="s">
-        <v>680</v>
+        <v>24</v>
       </c>
       <c r="B601" s="9">
-        <v>3.3</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>2.76</v>
+      </c>
+      <c r="C601" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="D601" s="25">
-        <v>44335</v>
+        <v>44232</v>
       </c>
       <c r="E601" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="602" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A602" s="5" t="s">
-        <v>492</v>
+        <v>1290</v>
       </c>
       <c r="B602" s="9">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>25</v>
+      </c>
+      <c r="C602" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="D602" s="25">
-        <v>44971</v>
-[...3 lines deleted...]
-      </c>
+        <v>45322</v>
+      </c>
+      <c r="E602" s="20"/>
     </row>
     <row r="603" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A603" s="5" t="s">
-        <v>63</v>
+        <v>685</v>
       </c>
       <c r="B603" s="9">
-        <v>4.25</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>10</v>
+      </c>
+      <c r="C603" s="15" t="s">
+        <v>686</v>
       </c>
       <c r="D603" s="25">
-        <v>44082</v>
+        <v>44340</v>
       </c>
       <c r="E603" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="604" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A604" s="5" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>145</v>
+        <v>497</v>
+      </c>
+      <c r="B604" s="8">
+        <v>27.75</v>
+      </c>
+      <c r="C604" s="15" t="s">
+        <v>498</v>
       </c>
       <c r="D604" s="25">
-        <v>44232</v>
+        <v>45211</v>
       </c>
       <c r="E604" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="605" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A605" s="5" t="s">
-        <v>88</v>
+        <v>357</v>
       </c>
       <c r="B605" s="9">
-        <v>6.95</v>
+        <v>17</v>
       </c>
       <c r="C605" s="15" t="s">
-        <v>402</v>
+        <v>362</v>
       </c>
       <c r="D605" s="25">
-        <v>44340</v>
+        <v>44417</v>
       </c>
       <c r="E605" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="606" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A606" s="5" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="B606" s="9">
-        <v>4.84</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>1.81</v>
+      </c>
+      <c r="C606" s="5" t="s">
+        <v>70</v>
       </c>
       <c r="D606" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E606" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="607" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A607" s="5" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>19.12</v>
+        <v>792</v>
+      </c>
+      <c r="B607" s="9">
+        <v>20</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>535</v>
+        <v>793</v>
       </c>
       <c r="D607" s="25">
-        <v>45210</v>
+        <v>44341</v>
       </c>
       <c r="E607" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="608" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A608" s="5" t="s">
-        <v>1185</v>
-[...2 lines deleted...]
-        <v>7.4</v>
+        <v>1208</v>
+      </c>
+      <c r="B608" s="9">
+        <v>6.35</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>1186</v>
+        <v>1209</v>
       </c>
       <c r="D608" s="25">
-        <v>45558</v>
+        <v>45866</v>
       </c>
       <c r="E608" s="20"/>
     </row>
     <row r="609" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A609" s="5" t="s">
-        <v>895</v>
+        <v>290</v>
       </c>
       <c r="B609" s="9">
-        <v>6.4</v>
+        <v>50</v>
       </c>
       <c r="C609" s="15" t="s">
-        <v>896</v>
+        <v>291</v>
       </c>
       <c r="D609" s="25">
-        <v>44341</v>
+        <v>44340</v>
       </c>
       <c r="E609" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="610" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A610" s="5" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="B610" s="9">
-        <v>2.76</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>3.94</v>
+      </c>
+      <c r="C610" s="15" t="s">
+        <v>128</v>
       </c>
       <c r="D610" s="25">
-        <v>44232</v>
+        <v>44329</v>
       </c>
       <c r="E610" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="611" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A611" s="5" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="B611" s="9">
+        <v>904</v>
+      </c>
+      <c r="B611" s="8">
         <v>10</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>763</v>
+        <v>905</v>
       </c>
       <c r="D611" s="25">
-        <v>44340</v>
+        <v>45195</v>
       </c>
       <c r="E611" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="612" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A612" s="5" t="s">
-[...3 lines deleted...]
-        <v>27.75</v>
+      <c r="A612" s="15" t="s">
+        <v>976</v>
+      </c>
+      <c r="B612" s="14">
+        <v>10</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>45211</v>
+        <v>977</v>
+      </c>
+      <c r="D612" s="23">
+        <v>45335</v>
       </c>
       <c r="E612" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="613" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A613" s="5" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>890</v>
+      </c>
+      <c r="B613" s="8">
+        <v>10</v>
       </c>
       <c r="C613" s="15" t="s">
-        <v>439</v>
+        <v>891</v>
       </c>
       <c r="D613" s="25">
-        <v>44417</v>
+        <v>45195</v>
       </c>
       <c r="E613" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="614" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A614" s="5" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>516</v>
+      </c>
+      <c r="B614" s="8">
+        <v>4</v>
+      </c>
+      <c r="C614" s="15" t="s">
+        <v>517</v>
       </c>
       <c r="D614" s="25">
-        <v>44232</v>
+        <v>45211</v>
       </c>
       <c r="E614" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="615" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A615" s="5" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1294</v>
+      </c>
+      <c r="B615" s="8">
+        <v>131.91999999999999</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>870</v>
+        <v>1295</v>
       </c>
       <c r="D615" s="25">
-        <v>44341</v>
-[...3 lines deleted...]
-      </c>
+        <v>45331</v>
+      </c>
+      <c r="E615" s="20"/>
     </row>
     <row r="616" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A616" s="5" t="s">
-        <v>1288</v>
-[...2 lines deleted...]
-        <v>6.35</v>
+        <v>1052</v>
+      </c>
+      <c r="B616" s="8">
+        <v>10</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>1289</v>
+        <v>1053</v>
       </c>
       <c r="D616" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E616" s="20"/>
+        <v>45525</v>
+      </c>
+      <c r="E616" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="617" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A617" s="5" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="B617" s="9">
-        <v>50</v>
+        <v>53.25</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="D617" s="25">
-        <v>44340</v>
+        <v>44609</v>
       </c>
       <c r="E617" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="618" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A618" s="5" t="s">
-        <v>204</v>
+        <v>379</v>
       </c>
       <c r="B618" s="9">
-        <v>3.94</v>
+        <v>150.25</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>205</v>
+        <v>1165</v>
       </c>
       <c r="D618" s="25">
-        <v>44329</v>
-[...3 lines deleted...]
-      </c>
+        <v>45699</v>
+      </c>
+      <c r="E618" s="20"/>
     </row>
     <row r="619" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A619" s="5" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>239</v>
+      </c>
+      <c r="B619" s="9">
+        <v>0.37</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>982</v>
+        <v>240</v>
       </c>
       <c r="D619" s="25">
-        <v>45195</v>
+        <v>44340</v>
       </c>
       <c r="E619" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="620" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A620" s="15" t="s">
-[...2 lines deleted...]
-      <c r="B620" s="14">
+      <c r="A620" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="B620" s="9">
         <v>10</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>1055</v>
-[...2 lines deleted...]
-        <v>45335</v>
+        <v>678</v>
+      </c>
+      <c r="D620" s="25">
+        <v>44340</v>
       </c>
       <c r="E620" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="621" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A621" s="5" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="B621" s="8">
+        <v>1202</v>
+      </c>
+      <c r="B621" s="9">
         <v>10</v>
       </c>
       <c r="C621" s="15" t="s">
-        <v>968</v>
+        <v>1203</v>
       </c>
       <c r="D621" s="25">
-        <v>45195</v>
-[...3 lines deleted...]
-      </c>
+        <v>45831</v>
+      </c>
+      <c r="E621" s="20"/>
     </row>
     <row r="622" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A622" s="5" t="s">
-        <v>593</v>
+        <v>906</v>
       </c>
       <c r="B622" s="8">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>594</v>
+        <v>907</v>
       </c>
       <c r="D622" s="25">
-        <v>45211</v>
+        <v>45195</v>
       </c>
       <c r="E622" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="623" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A623" s="5" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>601</v>
+      </c>
+      <c r="B623" s="9">
+        <v>7.4</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>1131</v>
+        <v>602</v>
       </c>
       <c r="D623" s="25">
-        <v>45525</v>
+        <v>44335</v>
       </c>
       <c r="E623" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="624" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A624" s="5" t="s">
-        <v>456</v>
+        <v>288</v>
       </c>
       <c r="B624" s="9">
-        <v>53.25</v>
+        <v>25</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>457</v>
+        <v>289</v>
       </c>
       <c r="D624" s="25">
-        <v>44609</v>
+        <v>44340</v>
       </c>
       <c r="E624" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="625" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A625" s="5" t="s">
-        <v>456</v>
+        <v>579</v>
       </c>
       <c r="B625" s="9">
-        <v>150.25</v>
+        <v>10</v>
       </c>
       <c r="C625" s="15" t="s">
-        <v>1243</v>
+        <v>580</v>
       </c>
       <c r="D625" s="25">
-        <v>45699</v>
-[...1 lines deleted...]
-      <c r="E625" s="20"/>
+        <v>44335</v>
+      </c>
+      <c r="E625" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="626" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A626" s="15" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="A626" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="B626" s="9">
+        <v>13.44</v>
+      </c>
+      <c r="C626" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="D626" s="25">
-        <v>43958</v>
+        <v>44231</v>
       </c>
       <c r="E626" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="627" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A627" s="5" t="s">
-        <v>316</v>
+        <v>26</v>
       </c>
       <c r="B627" s="9">
-        <v>0.37</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>2.3199999999999998</v>
+      </c>
+      <c r="C627" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="D627" s="25">
-        <v>44340</v>
-[...1 lines deleted...]
-      <c r="E627" s="20">
+        <v>44232</v>
+      </c>
+      <c r="E627">
         <v>10000</v>
       </c>
     </row>
     <row r="628" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A628" s="5" t="s">
-        <v>754</v>
+        <v>26</v>
       </c>
       <c r="B628" s="9">
-        <v>10</v>
+        <v>10.8</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>755</v>
+        <v>241</v>
       </c>
       <c r="D628" s="25">
         <v>44340</v>
       </c>
       <c r="E628" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="629" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A629" s="5" t="s">
-        <v>1280</v>
+        <v>26</v>
       </c>
       <c r="B629" s="9">
-        <v>10</v>
+        <v>12.39</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>1281</v>
+        <v>326</v>
       </c>
       <c r="D629" s="25">
-        <v>45831</v>
-[...1 lines deleted...]
-      <c r="E629" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E629" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="630" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A630" s="5" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>129</v>
+      </c>
+      <c r="B630" s="9">
+        <v>110</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>984</v>
+        <v>130</v>
       </c>
       <c r="D630" s="25">
-        <v>45195</v>
+        <v>44329</v>
       </c>
       <c r="E630" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="631" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A631" s="5" t="s">
-        <v>678</v>
+        <v>27</v>
       </c>
       <c r="B631" s="9">
-        <v>7.4</v>
-[...2 lines deleted...]
-        <v>679</v>
+        <v>15.76</v>
+      </c>
+      <c r="C631" s="5" t="s">
+        <v>72</v>
       </c>
       <c r="D631" s="25">
-        <v>44335</v>
+        <v>44232</v>
       </c>
       <c r="E631" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="632" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A632" s="5" t="s">
-        <v>365</v>
+        <v>180</v>
       </c>
       <c r="B632" s="9">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>366</v>
+        <v>181</v>
       </c>
       <c r="D632" s="25">
-        <v>44340</v>
+        <v>44335</v>
       </c>
       <c r="E632" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="633" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A633" s="5" t="s">
-        <v>656</v>
+        <v>180</v>
       </c>
       <c r="B633" s="9">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C633" s="15" t="s">
-        <v>657</v>
+        <v>181</v>
       </c>
       <c r="D633" s="25">
         <v>44335</v>
       </c>
       <c r="E633" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="634" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A634" s="5" t="s">
-        <v>1012</v>
-[...5 lines deleted...]
-        <v>126</v>
+        <v>524</v>
+      </c>
+      <c r="B634" s="8">
+        <v>40</v>
+      </c>
+      <c r="C634" s="15" t="s">
+        <v>525</v>
       </c>
       <c r="D634" s="25">
-        <v>44231</v>
+        <v>45211</v>
       </c>
       <c r="E634" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="635" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A635" s="5" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>446</v>
+      </c>
+      <c r="B635" s="8">
+        <v>20</v>
+      </c>
+      <c r="C635" s="15" t="s">
+        <v>447</v>
       </c>
       <c r="D635" s="25">
-        <v>44232</v>
-[...1 lines deleted...]
-      <c r="E635">
+        <v>45205</v>
+      </c>
+      <c r="E635" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="636" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A636" s="5" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>10.8</v>
+        <v>1054</v>
+      </c>
+      <c r="B636" s="8">
+        <v>10</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>318</v>
+        <v>1055</v>
       </c>
       <c r="D636" s="25">
-        <v>44340</v>
+        <v>45525</v>
       </c>
       <c r="E636" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="637" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A637" s="5" t="s">
-        <v>91</v>
+        <v>563</v>
       </c>
       <c r="B637" s="9">
-        <v>12.39</v>
+        <v>10</v>
       </c>
       <c r="C637" s="15" t="s">
-        <v>403</v>
+        <v>564</v>
       </c>
       <c r="D637" s="25">
+        <v>44335</v>
+      </c>
+      <c r="E637" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A638" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="B638" s="9">
+        <v>11.2</v>
+      </c>
+      <c r="C638" s="15" t="s">
+        <v>735</v>
+      </c>
+      <c r="D638" s="25">
         <v>44340</v>
-      </c>
-[...15 lines deleted...]
-        <v>43958</v>
       </c>
       <c r="E638" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="639" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A639" s="5" t="s">
-        <v>206</v>
+        <v>734</v>
       </c>
       <c r="B639" s="9">
-        <v>110</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>207</v>
+        <v>1056</v>
       </c>
       <c r="D639" s="25">
-        <v>44329</v>
+        <v>45525</v>
       </c>
       <c r="E639" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="640" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A640" s="5" t="s">
-        <v>92</v>
+        <v>623</v>
       </c>
       <c r="B640" s="9">
-        <v>15.76</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>10</v>
+      </c>
+      <c r="C640" s="15" t="s">
+        <v>624</v>
       </c>
       <c r="D640" s="25">
-        <v>44232</v>
+        <v>44336</v>
       </c>
       <c r="E640" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="641" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A641" s="5" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>526</v>
+      </c>
+      <c r="B641" s="8">
+        <v>8</v>
       </c>
       <c r="C641" s="15" t="s">
-        <v>258</v>
+        <v>527</v>
       </c>
       <c r="D641" s="25">
-        <v>44335</v>
+        <v>45211</v>
       </c>
       <c r="E641" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="642" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A642" s="5" t="s">
-        <v>257</v>
+        <v>154</v>
       </c>
       <c r="B642" s="9">
-        <v>5</v>
+        <v>3.39</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>258</v>
+        <v>155</v>
       </c>
       <c r="D642" s="25">
-        <v>44335</v>
+        <v>44329</v>
       </c>
       <c r="E642" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="643" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A643" s="5" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>154</v>
+      </c>
+      <c r="B643" s="9">
+        <v>3.39</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>602</v>
+        <v>159</v>
       </c>
       <c r="D643" s="25">
-        <v>45211</v>
+        <v>44329</v>
       </c>
       <c r="E643" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="644" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A644" s="5" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>788</v>
+      </c>
+      <c r="B644" s="9">
+        <v>10</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>524</v>
+        <v>789</v>
       </c>
       <c r="D644" s="25">
-        <v>45205</v>
+        <v>44341</v>
       </c>
       <c r="E644" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="645" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A645" s="5" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>210</v>
+      </c>
+      <c r="B645" s="9">
+        <v>245.51</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>1133</v>
+        <v>211</v>
       </c>
       <c r="D645" s="25">
-        <v>45525</v>
+        <v>44340</v>
       </c>
       <c r="E645" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="646" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A646" s="5" t="s">
-        <v>640</v>
+        <v>137</v>
       </c>
       <c r="B646" s="9">
-        <v>10</v>
+        <v>11.87</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>641</v>
+        <v>138</v>
       </c>
       <c r="D646" s="25">
-        <v>44335</v>
+        <v>44329</v>
       </c>
       <c r="E646" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="647" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A647" s="5" t="s">
-        <v>811</v>
+        <v>137</v>
       </c>
       <c r="B647" s="9">
-        <v>11.2</v>
+        <v>12.43</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>812</v>
+        <v>156</v>
       </c>
       <c r="D647" s="25">
-        <v>44340</v>
+        <v>44329</v>
       </c>
       <c r="E647" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="648" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A648" s="5" t="s">
-        <v>811</v>
+        <v>332</v>
       </c>
       <c r="B648" s="9">
-        <v>9.8000000000000007</v>
+        <v>250</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>1134</v>
+        <v>333</v>
       </c>
       <c r="D648" s="25">
-        <v>45525</v>
+        <v>44340</v>
       </c>
       <c r="E648" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="649" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A649" s="5" t="s">
-        <v>700</v>
+        <v>1186</v>
       </c>
       <c r="B649" s="9">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>701</v>
+        <v>1187</v>
       </c>
       <c r="D649" s="25">
-        <v>44336</v>
-[...3 lines deleted...]
-      </c>
+        <v>45756</v>
+      </c>
+      <c r="E649" s="20"/>
     </row>
     <row r="650" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A650" s="5" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1186</v>
+      </c>
+      <c r="B650" s="9">
+        <v>50</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>604</v>
+        <v>1188</v>
       </c>
       <c r="D650" s="25">
-        <v>45211</v>
-[...3 lines deleted...]
-      </c>
+        <v>45756</v>
+      </c>
+      <c r="E650" s="20"/>
     </row>
     <row r="651" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A651" s="5" t="s">
-        <v>231</v>
+        <v>1179</v>
       </c>
       <c r="B651" s="9">
-        <v>3.39</v>
+        <v>35</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>232</v>
+        <v>1180</v>
       </c>
       <c r="D651" s="25">
-        <v>44329</v>
-[...3 lines deleted...]
-      </c>
+        <v>45756</v>
+      </c>
+      <c r="E651" s="20"/>
     </row>
     <row r="652" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A652" s="5" t="s">
-        <v>231</v>
+        <v>1269</v>
       </c>
       <c r="B652" s="9">
-        <v>3.39</v>
+        <v>10</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>236</v>
+        <v>1270</v>
       </c>
       <c r="D652" s="25">
-        <v>44329</v>
-[...3 lines deleted...]
-      </c>
+        <v>45993</v>
+      </c>
+      <c r="E652" s="20"/>
     </row>
     <row r="653" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A653" s="5" t="s">
-        <v>865</v>
+        <v>599</v>
       </c>
       <c r="B653" s="9">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>866</v>
+        <v>600</v>
       </c>
       <c r="D653" s="25">
-        <v>44341</v>
+        <v>44335</v>
       </c>
       <c r="E653" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="654" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A654" s="5" t="s">
-[...3 lines deleted...]
-        <v>245.51</v>
+      <c r="A654" s="15" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B654" s="14">
+        <v>10</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      <c r="E654" s="20">
+        <v>1027</v>
+      </c>
+      <c r="D654" s="23">
+        <v>45406</v>
+      </c>
+      <c r="E654" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="655" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A655" s="5" t="s">
-[...3 lines deleted...]
-        <v>11.87</v>
+      <c r="A655" s="15" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B655" s="14">
+        <v>400</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      <c r="E655" s="20">
+        <v>1138</v>
+      </c>
+      <c r="D655" s="23">
+        <v>45588</v>
+      </c>
+      <c r="E655" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="656" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A656" s="5" t="s">
-[...3 lines deleted...]
-        <v>12.43</v>
+      <c r="A656" s="15" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B656" s="14">
+        <v>50</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>233</v>
-[...6 lines deleted...]
-      </c>
+        <v>1185</v>
+      </c>
+      <c r="D656" s="23">
+        <v>45756</v>
+      </c>
+      <c r="E656" s="21"/>
     </row>
     <row r="657" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A657" s="5" t="s">
-[...3 lines deleted...]
-        <v>250</v>
+      <c r="A657" s="15" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B657" s="14">
+        <v>37.75</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>410</v>
-[...6 lines deleted...]
-      </c>
+        <v>1164</v>
+      </c>
+      <c r="D657" s="23">
+        <v>45699</v>
+      </c>
+      <c r="E657" s="21"/>
     </row>
     <row r="658" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A658" s="5" t="s">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="A658" s="15" t="s">
+        <v>954</v>
+      </c>
+      <c r="B658" s="14">
+        <v>8</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>1265</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>955</v>
+      </c>
+      <c r="D658" s="23">
+        <v>45272</v>
+      </c>
+      <c r="E658" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="659" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A659" s="15" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B659" s="14">
+        <v>10</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>1266</v>
-[...2 lines deleted...]
-        <v>45756</v>
+        <v>1272</v>
+      </c>
+      <c r="D659" s="23">
+        <v>45993</v>
       </c>
       <c r="E659" s="20"/>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A660" s="5" t="s">
-        <v>1257</v>
+        <v>242</v>
       </c>
       <c r="B660" s="9">
-        <v>35</v>
+        <v>2.46</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>1258</v>
+        <v>243</v>
       </c>
       <c r="D660" s="25">
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="E660" s="20"/>
+        <v>44340</v>
+      </c>
+      <c r="E660" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="661" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A661" s="5" t="s">
-        <v>676</v>
+        <v>242</v>
       </c>
       <c r="B661" s="9">
-        <v>13</v>
+        <v>571.22</v>
       </c>
       <c r="C661" s="15" t="s">
-        <v>677</v>
+        <v>439</v>
       </c>
       <c r="D661" s="25">
-        <v>44335</v>
+        <v>45097</v>
       </c>
       <c r="E661" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="662" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A662" s="15" t="s">
-        <v>1104</v>
+        <v>950</v>
       </c>
       <c r="B662" s="14">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>1105</v>
+        <v>951</v>
       </c>
       <c r="D662" s="23">
-        <v>45406</v>
+        <v>45272</v>
       </c>
       <c r="E662" s="21">
         <v>10000</v>
       </c>
     </row>
     <row r="663" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A663" s="15" t="s">
-[...3 lines deleted...]
-        <v>400</v>
+      <c r="A663" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="B663" s="9">
+        <v>200</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>1216</v>
-[...13 lines deleted...]
-        <v>50</v>
+        <v>435</v>
+      </c>
+      <c r="D663" s="25">
+        <v>45028</v>
+      </c>
+      <c r="E663" s="20">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="664" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A664" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="B664" s="9">
+        <v>201</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>1263</v>
-[...4 lines deleted...]
-      <c r="E664" s="21"/>
+        <v>214</v>
+      </c>
+      <c r="D664" s="25">
+        <v>44341</v>
+      </c>
+      <c r="E664" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="665" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A665" s="15" t="s">
-[...3 lines deleted...]
-        <v>37.75</v>
+      <c r="A665" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B665" s="9">
+        <v>206.7</v>
       </c>
       <c r="C665" s="15" t="s">
-        <v>1242</v>
-[...4 lines deleted...]
-      <c r="E665" s="21"/>
+        <v>356</v>
+      </c>
+      <c r="D665" s="25">
+        <v>44273</v>
+      </c>
+      <c r="E665" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="666" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A666" s="15" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="A666" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B666" s="9">
+        <v>1</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>45272</v>
+        <v>299</v>
+      </c>
+      <c r="D666" s="25">
+        <v>44386</v>
       </c>
       <c r="E666" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="667" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A667" s="5" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>2.46</v>
+        <v>510</v>
+      </c>
+      <c r="B667" s="8">
+        <v>3.4</v>
       </c>
       <c r="C667" s="15" t="s">
-        <v>320</v>
+        <v>929</v>
       </c>
       <c r="D667" s="25">
-        <v>44340</v>
+        <v>45210</v>
       </c>
       <c r="E667" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="668" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A668" s="5" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>571.22</v>
+        <v>510</v>
+      </c>
+      <c r="B668" s="8">
+        <v>3.4</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="D668" s="25">
-        <v>45097</v>
+        <v>45211</v>
       </c>
       <c r="E668" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="669" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A669" s="15" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="A669" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="B669" s="9">
+        <v>4.4000000000000004</v>
       </c>
       <c r="C669" s="15" t="s">
-        <v>1029</v>
-[...4 lines deleted...]
-      <c r="E669" s="21">
+        <v>811</v>
+      </c>
+      <c r="D669" s="25">
+        <v>44341</v>
+      </c>
+      <c r="E669" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="670" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A670" s="5" t="s">
-        <v>1015</v>
+        <v>185</v>
       </c>
       <c r="B670" s="9">
-        <v>200</v>
+        <v>22.23</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>512</v>
+        <v>184</v>
       </c>
       <c r="D670" s="25">
-        <v>45028</v>
+        <v>44335</v>
       </c>
       <c r="E670" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="671" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A671" s="5" t="s">
-        <v>290</v>
+        <v>185</v>
       </c>
       <c r="B671" s="9">
-        <v>201</v>
+        <v>100.49</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>291</v>
+        <v>192</v>
       </c>
       <c r="D671" s="25">
-        <v>44341</v>
+        <v>44335</v>
       </c>
       <c r="E671" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="672" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A672" s="5" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>206.7</v>
+        <v>448</v>
+      </c>
+      <c r="B672" s="8">
+        <v>500</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="D672" s="25">
-        <v>44273</v>
+        <v>45205</v>
       </c>
       <c r="E672" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="673" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A673" s="5" t="s">
-        <v>374</v>
+        <v>244</v>
       </c>
       <c r="B673" s="9">
-        <v>1</v>
+        <v>9.0399999999999991</v>
       </c>
       <c r="C673" s="15" t="s">
-        <v>376</v>
+        <v>245</v>
       </c>
       <c r="D673" s="25">
-        <v>44386</v>
+        <v>44340</v>
       </c>
       <c r="E673" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="674" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A674" s="5" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>3.4</v>
+        <v>244</v>
+      </c>
+      <c r="B674" s="9">
+        <v>6.14</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>1006</v>
+        <v>256</v>
       </c>
       <c r="D674" s="25">
-        <v>45210</v>
+        <v>44340</v>
       </c>
       <c r="E674" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="675" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A675" s="5" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>3.4</v>
+        <v>244</v>
+      </c>
+      <c r="B675" s="9">
+        <v>14.5</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>588</v>
+        <v>340</v>
       </c>
       <c r="D675" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E675" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="676" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A676" s="5" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-        <v>4.4000000000000004</v>
+        <v>528</v>
+      </c>
+      <c r="B676" s="8">
+        <v>2.25</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>888</v>
+        <v>529</v>
       </c>
       <c r="D676" s="25">
-        <v>44341</v>
+        <v>45211</v>
       </c>
       <c r="E676" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="677" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A677" s="5" t="s">
-        <v>262</v>
+        <v>81</v>
       </c>
       <c r="B677" s="9">
-        <v>22.23</v>
+        <v>243</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>261</v>
+        <v>82</v>
       </c>
       <c r="D677" s="25">
-        <v>44335</v>
+        <v>44235</v>
       </c>
       <c r="E677" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="678" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A678" s="5" t="s">
-        <v>262</v>
+        <v>650</v>
       </c>
       <c r="B678" s="9">
-        <v>100.49</v>
+        <v>6.6</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>269</v>
+        <v>651</v>
       </c>
       <c r="D678" s="25">
-        <v>44335</v>
+        <v>44336</v>
       </c>
       <c r="E678" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="679" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A679" s="5" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>1193</v>
+      </c>
+      <c r="B679" s="9">
+        <v>10</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>526</v>
+        <v>1194</v>
       </c>
       <c r="D679" s="25">
-        <v>45205</v>
-[...3 lines deleted...]
-      </c>
+        <v>45762</v>
+      </c>
+      <c r="E679" s="20"/>
     </row>
     <row r="680" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A680" s="15" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>952</v>
+      </c>
+      <c r="B680" s="14">
+        <v>75</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>43958</v>
+        <v>953</v>
+      </c>
+      <c r="D680" s="23">
+        <v>45272</v>
       </c>
       <c r="E680" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="681" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A681" s="5" t="s">
-[...3 lines deleted...]
-        <v>9.0399999999999991</v>
+      <c r="A681" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B681" s="14">
+        <v>10</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>322</v>
-[...6 lines deleted...]
-      </c>
+        <v>1077</v>
+      </c>
+      <c r="D681" s="23">
+        <v>45558</v>
+      </c>
+      <c r="E681" s="20"/>
     </row>
     <row r="682" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A682" s="5" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>6.14</v>
+        <v>469</v>
+      </c>
+      <c r="B682" s="8">
+        <v>24.8</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>333</v>
+        <v>470</v>
       </c>
       <c r="D682" s="25">
-        <v>44340</v>
+        <v>45210</v>
       </c>
       <c r="E682" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="683" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A683" s="5" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>908</v>
+      </c>
+      <c r="B683" s="8">
+        <v>10</v>
       </c>
       <c r="C683" s="15" t="s">
-        <v>417</v>
+        <v>909</v>
       </c>
       <c r="D683" s="25">
-        <v>44340</v>
+        <v>45195</v>
       </c>
       <c r="E683" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="684" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A684" s="5" t="s">
-        <v>605</v>
+        <v>1143</v>
       </c>
       <c r="B684" s="8">
-        <v>2.25</v>
+        <v>10.8</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>606</v>
+        <v>1144</v>
       </c>
       <c r="D684" s="25">
-        <v>45211</v>
+        <v>45588</v>
       </c>
       <c r="E684" s="20">
         <v>10000</v>
       </c>
     </row>
-    <row r="685" spans="1:5" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A685" s="5" t="s">
-        <v>158</v>
+        <v>427</v>
       </c>
       <c r="B685" s="9">
-        <v>243</v>
+        <v>256.91000000000003</v>
       </c>
       <c r="C685" s="15" t="s">
-        <v>159</v>
+        <v>428</v>
       </c>
       <c r="D685" s="25">
-        <v>44235</v>
+        <v>45028</v>
       </c>
       <c r="E685" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="686" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A686" s="5" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>6.6</v>
+        <v>910</v>
+      </c>
+      <c r="B686" s="8">
+        <v>10</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>728</v>
+        <v>911</v>
       </c>
       <c r="D686" s="25">
-        <v>44336</v>
+        <v>45195</v>
       </c>
       <c r="E686" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="687" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A687" s="5" t="s">
-        <v>1271</v>
+        <v>365</v>
       </c>
       <c r="B687" s="9">
-        <v>10</v>
+        <v>3.75</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>1272</v>
+        <v>366</v>
       </c>
       <c r="D687" s="25">
-        <v>45762</v>
-[...1 lines deleted...]
-      <c r="E687" s="20"/>
+        <v>44417</v>
+      </c>
+      <c r="E687" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="688" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A688" s="15" t="s">
-[...3 lines deleted...]
-        <v>75</v>
+      <c r="A688" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B688" s="9">
+        <v>41</v>
       </c>
       <c r="C688" s="15" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>45272</v>
+        <v>77</v>
+      </c>
+      <c r="D688" s="25">
+        <v>44235</v>
       </c>
       <c r="E688" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="689" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A689" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A689" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B689" s="9">
+        <v>57.75</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>1155</v>
-[...4 lines deleted...]
-      <c r="E689" s="20"/>
+        <v>89</v>
+      </c>
+      <c r="D689" s="25">
+        <v>44235</v>
+      </c>
+      <c r="E689" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A690" s="5" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>24.8</v>
+        <v>114</v>
+      </c>
+      <c r="B690" s="9">
+        <v>2</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>547</v>
+        <v>115</v>
       </c>
       <c r="D690" s="25">
-        <v>45210</v>
+        <v>44307</v>
       </c>
       <c r="E690" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="691" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A691" s="5" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1206</v>
+      </c>
+      <c r="B691" s="9">
+        <v>6.79</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>986</v>
+        <v>1207</v>
       </c>
       <c r="D691" s="25">
-        <v>45195</v>
-[...3 lines deleted...]
-      </c>
+        <v>45866</v>
+      </c>
+      <c r="E691" s="20"/>
     </row>
     <row r="692" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A692" s="5" t="s">
-        <v>1221</v>
-[...2 lines deleted...]
-        <v>10.8</v>
+        <v>432</v>
+      </c>
+      <c r="B692" s="9">
+        <v>500</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>1222</v>
+        <v>434</v>
       </c>
       <c r="D692" s="25">
-        <v>45588</v>
+        <v>45028</v>
       </c>
       <c r="E692" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="693" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A693" s="5" t="s">
-        <v>504</v>
+        <v>710</v>
       </c>
       <c r="B693" s="9">
-        <v>256.91000000000003</v>
+        <v>10</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>505</v>
+        <v>711</v>
       </c>
       <c r="D693" s="25">
-        <v>45028</v>
+        <v>44340</v>
       </c>
       <c r="E693" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="694" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A694" s="5" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A694" s="15" t="s">
+        <v>966</v>
+      </c>
+      <c r="B694" s="14">
+        <v>3.5</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>45195</v>
+        <v>967</v>
+      </c>
+      <c r="D694" s="23">
+        <v>45282</v>
       </c>
       <c r="E694" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="695" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A695" s="5" t="s">
-        <v>442</v>
+        <v>814</v>
       </c>
       <c r="B695" s="9">
-        <v>3.75</v>
+        <v>4</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>443</v>
+        <v>815</v>
       </c>
       <c r="D695" s="25">
-        <v>44417</v>
+        <v>44341</v>
       </c>
       <c r="E695" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="696" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A696" s="5" t="s">
-        <v>106</v>
+        <v>1135</v>
       </c>
       <c r="B696" s="9">
-        <v>41</v>
+        <v>300</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>154</v>
+        <v>1136</v>
       </c>
       <c r="D696" s="25">
-        <v>44235</v>
+        <v>45588</v>
       </c>
       <c r="E696" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A697" s="5" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B697" s="9">
-        <v>57.75</v>
+        <v>4.26</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>166</v>
+        <v>113</v>
       </c>
       <c r="D697" s="25">
-        <v>44235</v>
+        <v>44307</v>
       </c>
       <c r="E697" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A698" s="5" t="s">
-        <v>191</v>
+        <v>736</v>
       </c>
       <c r="B698" s="9">
-        <v>2</v>
+        <v>11.2</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>192</v>
+        <v>737</v>
       </c>
       <c r="D698" s="25">
-        <v>44307</v>
+        <v>44340</v>
       </c>
       <c r="E698" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A699" s="5" t="s">
-        <v>1286</v>
-[...2 lines deleted...]
-        <v>6.79</v>
+        <v>475</v>
+      </c>
+      <c r="B699" s="8">
+        <v>3.39</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>1287</v>
+        <v>478</v>
       </c>
       <c r="D699" s="25">
-        <v>45866</v>
-[...1 lines deleted...]
-      <c r="E699" s="20"/>
+        <v>45211</v>
+      </c>
+      <c r="E699" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="700" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A700" s="5" t="s">
-        <v>509</v>
+        <v>543</v>
       </c>
       <c r="B700" s="9">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="C700" s="15" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="D700" s="25">
-        <v>45028</v>
+        <v>44328</v>
       </c>
       <c r="E700" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="701" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A701" s="5" t="s">
-        <v>787</v>
+        <v>28</v>
       </c>
       <c r="B701" s="9">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>54.86</v>
+      </c>
+      <c r="C701" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="D701" s="25">
-        <v>44340</v>
+        <v>44232</v>
       </c>
       <c r="E701" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="702" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A702" s="15" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A702" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B702" s="9">
+        <v>200</v>
+      </c>
+      <c r="C702" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D702" s="25">
+        <v>45756</v>
+      </c>
+      <c r="E702" s="20"/>
     </row>
     <row r="703" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A703" s="5" t="s">
-        <v>891</v>
+        <v>770</v>
       </c>
       <c r="B703" s="9">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C703" s="15" t="s">
-        <v>892</v>
+        <v>771</v>
       </c>
       <c r="D703" s="25">
         <v>44341</v>
       </c>
       <c r="E703" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="704" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A704" s="5" t="s">
-        <v>1213</v>
+        <v>764</v>
       </c>
       <c r="B704" s="9">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="C704" s="15" t="s">
-        <v>1214</v>
+        <v>765</v>
       </c>
       <c r="D704" s="25">
-        <v>45588</v>
+        <v>44341</v>
       </c>
       <c r="E704" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="705" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A705" s="5" t="s">
-        <v>189</v>
+        <v>101</v>
       </c>
       <c r="B705" s="9">
-        <v>4.26</v>
+        <v>147</v>
       </c>
       <c r="C705" s="15" t="s">
-        <v>190</v>
+        <v>104</v>
       </c>
       <c r="D705" s="25">
         <v>44307</v>
       </c>
       <c r="E705" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="706" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A706" s="5" t="s">
-        <v>813</v>
+        <v>246</v>
       </c>
       <c r="B706" s="9">
-        <v>11.2</v>
+        <v>2.31</v>
       </c>
       <c r="C706" s="15" t="s">
-        <v>814</v>
+        <v>247</v>
       </c>
       <c r="D706" s="25">
         <v>44340</v>
       </c>
       <c r="E706" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="707" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A707" s="5" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>3.39</v>
+        <v>246</v>
+      </c>
+      <c r="B707" s="9">
+        <v>1.59</v>
       </c>
       <c r="C707" s="15" t="s">
-        <v>555</v>
+        <v>257</v>
       </c>
       <c r="D707" s="25">
-        <v>45211</v>
+        <v>44340</v>
       </c>
       <c r="E707" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="708" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A708" s="5" t="s">
-        <v>620</v>
+        <v>402</v>
       </c>
       <c r="B708" s="9">
-        <v>10</v>
+        <v>0.88</v>
       </c>
       <c r="C708" s="15" t="s">
-        <v>621</v>
+        <v>403</v>
       </c>
       <c r="D708" s="25">
-        <v>44328</v>
+        <v>44762</v>
       </c>
       <c r="E708" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="709" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A709" s="5" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>150</v>
+        <v>912</v>
+      </c>
+      <c r="B709" s="8">
+        <v>20</v>
+      </c>
+      <c r="C709" s="15" t="s">
+        <v>913</v>
       </c>
       <c r="D709" s="25">
-        <v>44232</v>
+        <v>45195</v>
       </c>
       <c r="E709" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="710" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A710" s="5" t="s">
-        <v>1255</v>
-[...5 lines deleted...]
-        <v>1256</v>
+        <v>461</v>
+      </c>
+      <c r="B710" s="8">
+        <v>2.58</v>
+      </c>
+      <c r="C710" s="15" t="s">
+        <v>462</v>
       </c>
       <c r="D710" s="25">
-        <v>45756</v>
-[...1 lines deleted...]
-      <c r="E710" s="20"/>
+        <v>45210</v>
+      </c>
+      <c r="E710" s="20">
+        <v>10000</v>
+      </c>
     </row>
     <row r="711" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A711" s="5" t="s">
-        <v>847</v>
+        <v>35</v>
       </c>
       <c r="B711" s="9">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="C711" s="15" t="s">
-        <v>848</v>
+        <v>93</v>
       </c>
       <c r="D711" s="25">
-        <v>44341</v>
+        <v>44258</v>
       </c>
       <c r="E711" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="712" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A712" s="5" t="s">
-        <v>841</v>
+        <v>198</v>
       </c>
       <c r="B712" s="9">
-        <v>10</v>
+        <v>8.2200000000000006</v>
       </c>
       <c r="C712" s="15" t="s">
-        <v>842</v>
+        <v>199</v>
       </c>
       <c r="D712" s="25">
-        <v>44341</v>
+        <v>44336</v>
       </c>
       <c r="E712" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="713" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A713" s="5" t="s">
-        <v>178</v>
+        <v>750</v>
       </c>
       <c r="B713" s="9">
-        <v>147</v>
+        <v>6.6</v>
       </c>
       <c r="C713" s="15" t="s">
-        <v>181</v>
+        <v>751</v>
       </c>
       <c r="D713" s="25">
-        <v>44307</v>
+        <v>44340</v>
       </c>
       <c r="E713" s="20">
         <v>10000</v>
       </c>
     </row>
     <row r="714" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A714" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B714" s="16"/>
     </row>
     <row r="715" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A715" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B715" s="16"/>
     </row>
     <row r="716" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A716" s="5" t="s">
-[...12 lines deleted...]
-        <v>10000</v>
+      <c r="A716" s="28">
+        <v>46066</v>
+      </c>
+      <c r="B716" s="16">
+        <f>SUM(B2:B715)</f>
+        <v>72293.569999999963</v>
       </c>
     </row>
     <row r="717" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A717" s="5" t="s">
-[...134 lines deleted...]
-        <v>1083</v>
+      <c r="B717" s="13" t="s">
+        <v>1005</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="D1:D727" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A2:A1048575"/>
+  <autoFilter ref="D1:D717" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D1048548">
+    <sortCondition ref="A2:A1048548"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="655bc250-37c9-45b4-bb5d-a24b90d8f0ad" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="77c549de-e3c1-45ff-8026-c610bdaa4988">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77c549de-e3c1-45ff-8026-c610bdaa4988" xmlns:ns3="655bc250-37c9-45b4-bb5d-a24b90d8f0ad" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ba8649727c17c38ff3a30644977f530" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F743A5CDA34B2748AE93A352D1B67D4C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="df706ce3624a82b699ae48f87a5c9323">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77c549de-e3c1-45ff-8026-c610bdaa4988" xmlns:ns3="655bc250-37c9-45b4-bb5d-a24b90d8f0ad" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f3834f5e426bb7d36f0cdbb59741ad9" ns2:_="" ns3:_="">
     <xsd:import namespace="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
     <xsd:import namespace="655bc250-37c9-45b4-bb5d-a24b90d8f0ad"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -17427,95 +17159,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6073DA0-9EB5-401B-9B5D-C767BE10D389}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="655bc250-37c9-45b4-bb5d-a24b90d8f0ad"/>
+    <ds:schemaRef ds:uri="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E78092D5-6365-48F0-8D52-C61C3F8903C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5E7ACC8-584E-440B-B818-213C81B8C4F1}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50CDA41B-D083-44F4-A288-F11DC3CA6DAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
     <ds:schemaRef ds:uri="655bc250-37c9-45b4-bb5d-a24b90d8f0ad"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="77c549de-e3c1-45ff-8026-c610bdaa4988"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Alpha</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>