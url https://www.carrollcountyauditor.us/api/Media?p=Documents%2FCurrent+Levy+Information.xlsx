--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -1,176 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/346f88f7dabca861/Desktop/StaciB/WFH/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://carrollcountyohious-my.sharepoint.com/personal/sbrady_carrollcountyohio_us/Documents/Levy Information/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="665" documentId="8_{4A6EEA3D-8BA8-4C29-BD7D-F718EAEEF283}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DEA915F4-2F56-4BE4-9460-E9CD2CE7067E}"/>
+  <xr:revisionPtr revIDLastSave="705" documentId="8_{4A6EEA3D-8BA8-4C29-BD7D-F718EAEEF283}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7A0713EE-2164-403A-9809-985EE3767FFB}"/>
   <bookViews>
-    <workbookView xWindow="19665" yWindow="135" windowWidth="18300" windowHeight="15840" xr2:uid="{0CC14487-0FEE-4B2A-BD1C-9B31022C3141}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0CC14487-0FEE-4B2A-BD1C-9B31022C3141}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B224" i="1" l="1"/>
-[...61 lines deleted...]
-  <c r="B93" i="1"/>
+  <c r="B223" i="1" l="1"/>
+  <c r="C319" i="1"/>
+  <c r="C314" i="1"/>
+  <c r="C310" i="1"/>
+  <c r="C306" i="1"/>
+  <c r="C302" i="1"/>
+  <c r="C298" i="1"/>
+  <c r="C294" i="1"/>
+  <c r="B294" i="1"/>
+  <c r="C289" i="1"/>
+  <c r="B289" i="1"/>
+  <c r="B281" i="1"/>
+  <c r="C277" i="1"/>
+  <c r="B277" i="1"/>
+  <c r="C266" i="1"/>
+  <c r="B266" i="1"/>
+  <c r="C260" i="1"/>
+  <c r="B260" i="1"/>
+  <c r="C252" i="1"/>
+  <c r="B252" i="1"/>
+  <c r="C244" i="1"/>
+  <c r="B244" i="1"/>
+  <c r="C238" i="1"/>
+  <c r="B238" i="1"/>
+  <c r="C232" i="1"/>
+  <c r="B232" i="1"/>
+  <c r="C218" i="1"/>
+  <c r="B218" i="1"/>
+  <c r="C210" i="1"/>
+  <c r="B210" i="1"/>
+  <c r="C205" i="1"/>
+  <c r="B205" i="1"/>
+  <c r="B199" i="1"/>
+  <c r="C195" i="1"/>
+  <c r="C190" i="1"/>
+  <c r="B185" i="1"/>
+  <c r="C181" i="1"/>
+  <c r="B181" i="1"/>
+  <c r="C173" i="1"/>
+  <c r="B173" i="1"/>
+  <c r="C168" i="1"/>
+  <c r="B168" i="1"/>
+  <c r="C163" i="1"/>
+  <c r="B163" i="1"/>
+  <c r="C156" i="1"/>
+  <c r="B156" i="1"/>
+  <c r="C150" i="1"/>
+  <c r="B150" i="1"/>
+  <c r="C145" i="1"/>
+  <c r="B145" i="1"/>
+  <c r="B140" i="1"/>
+  <c r="B136" i="1"/>
+  <c r="C132" i="1"/>
+  <c r="C128" i="1"/>
+  <c r="C124" i="1"/>
+  <c r="B124" i="1"/>
+  <c r="C118" i="1"/>
+  <c r="C114" i="1"/>
+  <c r="C105" i="1"/>
+  <c r="C101" i="1"/>
+  <c r="C96" i="1"/>
+  <c r="C92" i="1"/>
+  <c r="B92" i="1"/>
   <c r="C83" i="1"/>
   <c r="B83" i="1"/>
   <c r="C72" i="1"/>
   <c r="B72" i="1"/>
   <c r="C60" i="1"/>
   <c r="B60" i="1"/>
   <c r="C51" i="1"/>
   <c r="B51" i="1"/>
   <c r="C43" i="1"/>
   <c r="B43" i="1"/>
   <c r="C35" i="1"/>
   <c r="B35" i="1"/>
   <c r="C28" i="1"/>
   <c r="B28" i="1"/>
   <c r="C21" i="1"/>
   <c r="B21" i="1"/>
   <c r="C10" i="1"/>
   <c r="B10" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="613" uniqueCount="111">
   <si>
     <t>DISTRICT</t>
   </si>
   <si>
     <t>PURPOSE OF MILLAGE</t>
   </si>
   <si>
     <t>TAX YEAR
 BEGINS</t>
   </si>
   <si>
     <t>TERM</t>
   </si>
   <si>
     <t>TAX YEAR
 EXPIRES</t>
   </si>
   <si>
     <t>LEVY
 YEAR</t>
   </si>
   <si>
     <t>LEVY
 QUAL</t>
   </si>
@@ -465,50 +464,53 @@
   <si>
     <t>SANDY CREEK JOINT FIRE DISTRICT (DTE 61296)</t>
   </si>
   <si>
     <t>MOST RECENT
 LEVY TYPE</t>
   </si>
   <si>
     <t>MOST RECENT
 DATE OF VOTE</t>
   </si>
   <si>
     <t>INSIDE
 MILLAGE</t>
   </si>
   <si>
     <t>VOTED
 MILLAGE</t>
   </si>
   <si>
     <t>AUTH
 TAX RATE</t>
   </si>
   <si>
     <t>GENERAL FUND (ex Magnolia)</t>
+  </si>
+  <si>
+    <t>5/68/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -850,60 +852,56 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1739F956-37A2-41BC-9B38-D3BCC3575C47}" name="Table1" displayName="Table1" ref="A1:L322" totalsRowShown="0" headerRowDxfId="13" dataDxfId="12">
-  <autoFilter ref="A1:L322" xr:uid="{1739F956-37A2-41BC-9B38-D3BCC3575C47}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1739F956-37A2-41BC-9B38-D3BCC3575C47}" name="Table1" displayName="Table1" ref="A1:L321" totalsRowShown="0" headerRowDxfId="13" dataDxfId="12">
+  <autoFilter ref="A1:L321" xr:uid="{1739F956-37A2-41BC-9B38-D3BCC3575C47}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
     <filterColumn colId="9" hiddenButton="1"/>
     <filterColumn colId="10" hiddenButton="1"/>
     <filterColumn colId="11" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{E25E0A22-86E9-44F7-A872-54858247CB3C}" name="DISTRICT" dataDxfId="11"/>
     <tableColumn id="12" xr3:uid="{4E6D6645-97C3-4090-84F1-058E7BF56FD4}" name="INSIDE_x000a_MILLAGE" dataDxfId="10"/>
     <tableColumn id="2" xr3:uid="{006CEA7D-4F2B-4A22-ADA8-17B1D34ED3C3}" name="VOTED_x000a_MILLAGE" dataDxfId="9"/>
     <tableColumn id="3" xr3:uid="{F944FEA6-D92C-46CF-A574-CAE9EF527B47}" name="PURPOSE OF MILLAGE" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{B3006308-946E-4531-A0ED-FD8C97EAF56C}" name="MOST RECENT_x000a_LEVY TYPE" dataDxfId="7"/>
     <tableColumn id="5" xr3:uid="{2083DCC4-68F7-460B-815A-A014D4E91FBF}" name="MOST RECENT_x000a_DATE OF VOTE" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{7F4CCEA6-1210-4372-8C8B-BACCAF94C973}" name="TAX YEAR_x000a_BEGINS" dataDxfId="5"/>
     <tableColumn id="7" xr3:uid="{EA62F717-B98D-487E-A346-A860B6BCDDBE}" name="TERM" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{11983F29-DFE9-4E34-A85C-7BAEA68D216D}" name="TAX YEAR_x000a_EXPIRES" dataDxfId="3"/>
     <tableColumn id="9" xr3:uid="{1511DAF4-4D90-466B-A509-B60CF41746BC}" name="AUTH_x000a_TAX RATE" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{65F3C951-F40C-4D85-A77B-69703E2BA6A7}" name="LEVY_x000a_YEAR" dataDxfId="1"/>
@@ -1212,55 +1210,55 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECBD758B-EEB1-49BA-BDCD-3F391B1B6860}">
-  <dimension ref="A1:L322"/>
+  <dimension ref="A1:L321"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomLeft" activeCell="Q15" sqref="Q15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" style="19" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="17" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="18" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="19" customWidth="1"/>
     <col min="9" max="9" width="10" style="19" customWidth="1"/>
     <col min="10" max="10" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="18" customWidth="1"/>
     <col min="12" max="12" width="6.140625" style="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="27" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>106</v>
       </c>
@@ -1380,51 +1378,51 @@
         <v>44873</v>
       </c>
       <c r="G5" s="14">
         <v>2023</v>
       </c>
       <c r="H5" s="15">
         <v>10</v>
       </c>
       <c r="I5" s="15">
         <v>2032</v>
       </c>
       <c r="J5" s="11">
         <v>1</v>
       </c>
       <c r="K5" s="14">
         <v>2004</v>
       </c>
       <c r="L5" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="B6" s="10"/>
       <c r="C6" s="11">
-        <v>3.6</v>
+        <v>3.1</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="13">
         <v>43410</v>
       </c>
       <c r="G6" s="14">
         <v>2019</v>
       </c>
       <c r="H6" s="15">
         <v>10</v>
       </c>
       <c r="I6" s="15">
         <v>2028</v>
       </c>
       <c r="J6" s="11">
         <v>3.6</v>
       </c>
       <c r="K6" s="14">
         <v>2009</v>
       </c>
@@ -1519,51 +1517,51 @@
         <v>2024</v>
       </c>
       <c r="H9" s="15">
         <v>5</v>
       </c>
       <c r="I9" s="15">
         <v>2028</v>
       </c>
       <c r="J9" s="11">
         <v>0.25</v>
       </c>
       <c r="K9" s="14">
         <v>2024</v>
       </c>
       <c r="L9" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B10" s="8">
         <f>SUM(B3:B9)</f>
         <v>3.3</v>
       </c>
       <c r="C10" s="7">
         <f>SUM(C3:C9)</f>
-        <v>8.4500000000000011</v>
+        <v>7.9500000000000011</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B11" s="21"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="8"/>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" s="9"/>
       <c r="B13" s="10">
         <v>3.8</v>
       </c>
       <c r="C13" s="11"/>
       <c r="D13" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="12" t="s">
         <v>18</v>
       </c>
       <c r="F13" s="13"/>
       <c r="G13" s="14"/>
@@ -1659,103 +1657,103 @@
         <v>34457</v>
       </c>
       <c r="G16" s="14">
         <v>1994</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>21</v>
       </c>
       <c r="J16" s="11">
         <v>1</v>
       </c>
       <c r="K16" s="14">
         <v>1994</v>
       </c>
       <c r="L16" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="9"/>
       <c r="B17" s="10"/>
       <c r="C17" s="15">
-        <v>3.3</v>
+        <v>1.7</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="13">
         <v>43228</v>
       </c>
       <c r="G17" s="14">
         <v>2019</v>
       </c>
       <c r="H17" s="15">
         <v>10</v>
       </c>
       <c r="I17" s="15">
         <v>2028</v>
       </c>
       <c r="J17" s="11">
         <v>4.5</v>
       </c>
       <c r="K17" s="14">
         <v>2009</v>
       </c>
       <c r="L17" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" s="9"/>
       <c r="B18" s="10"/>
       <c r="C18" s="11">
-        <v>4.45</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="13">
-        <v>42220</v>
+        <v>45370</v>
       </c>
       <c r="G18" s="14">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="H18" s="15">
         <v>10</v>
       </c>
       <c r="I18" s="15">
-        <v>2024</v>
+        <v>2034</v>
       </c>
       <c r="J18" s="11">
         <v>5.62</v>
       </c>
       <c r="K18" s="14">
         <v>2010</v>
       </c>
       <c r="L18" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="9"/>
       <c r="B19" s="10"/>
       <c r="C19" s="11">
         <v>7.4</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>26</v>
       </c>
       <c r="F19" s="13">
         <v>41492</v>
@@ -1798,51 +1796,51 @@
         <v>2013</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>21</v>
       </c>
       <c r="J20" s="11">
         <v>0.5</v>
       </c>
       <c r="K20" s="14">
         <v>2013</v>
       </c>
       <c r="L20" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B21" s="8">
         <f>SUM(B13:B20)</f>
         <v>3.8</v>
       </c>
       <c r="C21" s="7">
         <f>SUM(C13:C20)</f>
-        <v>45.35</v>
+        <v>41.6</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B22" s="21"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="9"/>
       <c r="B24" s="10">
         <v>2</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="12"/>
       <c r="F24" s="13"/>
       <c r="G24" s="14"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
@@ -2524,51 +2522,51 @@
         <v>28801</v>
       </c>
       <c r="G56" s="14">
         <v>1978</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>21</v>
       </c>
       <c r="J56" s="11">
         <v>4.9000000000000004</v>
       </c>
       <c r="K56" s="14">
         <v>1978</v>
       </c>
       <c r="L56" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A57" s="9"/>
       <c r="B57" s="10"/>
       <c r="C57" s="11">
-        <v>2.4</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E57" s="12" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="13">
         <v>37201</v>
       </c>
       <c r="G57" s="14">
         <v>2001</v>
       </c>
       <c r="H57" s="15">
         <v>28</v>
       </c>
       <c r="I57" s="15">
         <v>2028</v>
       </c>
       <c r="J57" s="11">
         <v>5.2</v>
       </c>
       <c r="K57" s="14">
         <v>2001</v>
       </c>
@@ -2592,88 +2590,88 @@
         <v>38755</v>
       </c>
       <c r="G58" s="14">
         <v>2006</v>
       </c>
       <c r="H58" s="15">
         <v>23</v>
       </c>
       <c r="I58" s="15">
         <v>2028</v>
       </c>
       <c r="J58" s="11">
         <v>0.5</v>
       </c>
       <c r="K58" s="14">
         <v>2006</v>
       </c>
       <c r="L58" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A59" s="9"/>
       <c r="B59" s="10"/>
       <c r="C59" s="11">
-        <v>4.7</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E59" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="13">
         <v>44502</v>
       </c>
       <c r="G59" s="14">
         <v>2022</v>
       </c>
       <c r="H59" s="15">
         <v>10</v>
       </c>
       <c r="I59" s="15">
         <v>2031</v>
       </c>
       <c r="J59" s="11">
         <v>6</v>
       </c>
       <c r="K59" s="14">
         <v>2012</v>
       </c>
       <c r="L59" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B60" s="8">
         <f>SUM(B54:B59)</f>
         <v>3.8</v>
       </c>
       <c r="C60" s="7">
         <f>SUM(C54:C59)</f>
-        <v>35.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B61" s="21"/>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B62" s="8"/>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A63" s="9"/>
       <c r="B63" s="10">
         <v>3.8</v>
       </c>
       <c r="C63" s="11"/>
       <c r="D63" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E63" s="12"/>
       <c r="F63" s="13"/>
       <c r="G63" s="14"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
@@ -3166,88 +3164,88 @@
         <v>38664</v>
       </c>
       <c r="G81" s="14">
         <v>2005</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I81" s="15" t="s">
         <v>21</v>
       </c>
       <c r="J81" s="11">
         <v>0.5</v>
       </c>
       <c r="K81" s="14">
         <v>2005</v>
       </c>
       <c r="L81" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A82" s="9"/>
       <c r="B82" s="10"/>
       <c r="C82" s="11">
-        <v>2.7</v>
+        <v>2.5</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E82" s="23" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="24">
         <v>44502</v>
       </c>
       <c r="G82" s="14">
         <v>2022</v>
       </c>
       <c r="H82" s="15">
         <v>5</v>
       </c>
       <c r="I82" s="15">
         <v>2026</v>
       </c>
       <c r="J82" s="11">
         <v>3.3</v>
       </c>
       <c r="K82" s="14">
         <v>2012</v>
       </c>
       <c r="L82" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B83" s="8">
         <f>SUM(B75:B82)</f>
         <v>4.4000000000000004</v>
       </c>
       <c r="C83" s="7">
         <f>SUM(C75:C82)</f>
-        <v>39.6</v>
+        <v>39.4</v>
       </c>
       <c r="E83" s="25"/>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B84" s="21"/>
       <c r="E84" s="25"/>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B85" s="8"/>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A86" s="9"/>
       <c r="B86" s="10">
         <v>2</v>
       </c>
       <c r="C86" s="11"/>
       <c r="D86" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E86" s="12"/>
       <c r="F86" s="13"/>
       <c r="G86" s="14"/>
@@ -3371,3906 +3369,3872 @@
       <c r="I90" s="15" t="s">
         <v>21</v>
       </c>
       <c r="J90" s="11">
         <v>1</v>
       </c>
       <c r="K90" s="14">
         <v>1992</v>
       </c>
       <c r="L90" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A91" s="9"/>
       <c r="B91" s="10"/>
       <c r="C91" s="11">
         <v>7.84</v>
       </c>
       <c r="D91" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E91" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="F91" s="13">
-        <v>43774</v>
+      <c r="F91" s="13" t="s">
+        <v>110</v>
       </c>
       <c r="G91" s="14">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="H91" s="15">
         <v>5</v>
       </c>
       <c r="I91" s="15">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="J91" s="11">
         <v>7.84</v>
       </c>
       <c r="K91" s="14">
         <v>2000</v>
       </c>
       <c r="L91" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A92" s="9"/>
-[...7 lines deleted...]
-      <c r="E92" s="12" t="s">
+      <c r="B92" s="8">
+        <f>SUM(B86:B91)</f>
+        <v>4</v>
+      </c>
+      <c r="C92" s="7">
+        <f>SUM(C86:C91)</f>
+        <v>31.44</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B93" s="21"/>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A94" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B94" s="8"/>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A95" s="9"/>
+      <c r="B95" s="10"/>
+      <c r="C95" s="11">
+        <v>1.45</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E95" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="F92" s="13">
-[...38 lines deleted...]
-      <c r="B95" s="8"/>
+      <c r="F95" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" s="14">
+        <v>1976</v>
+      </c>
+      <c r="H95" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I95" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J95" s="11">
+        <v>1.45</v>
+      </c>
+      <c r="K95" s="14">
+        <v>1976</v>
+      </c>
+      <c r="L95" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A96" s="9"/>
-[...1 lines deleted...]
-      <c r="C96" s="11">
+      <c r="B96" s="21"/>
+      <c r="C96" s="7">
+        <f>C95</f>
         <v>1.45</v>
-      </c>
-[...25 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B97" s="21"/>
-      <c r="C97" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B98" s="21"/>
+      <c r="A98" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B98" s="8"/>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B99" s="8"/>
+      <c r="A99" s="9"/>
+      <c r="B99" s="10"/>
+      <c r="C99" s="11">
+        <v>1</v>
+      </c>
+      <c r="D99" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F99" s="13">
+        <v>43410</v>
+      </c>
+      <c r="G99" s="14">
+        <v>2019</v>
+      </c>
+      <c r="H99" s="15">
+        <v>5</v>
+      </c>
+      <c r="I99" s="15">
+        <v>2023</v>
+      </c>
+      <c r="J99" s="11">
+        <v>1</v>
+      </c>
+      <c r="K99" s="14">
+        <v>1994</v>
+      </c>
+      <c r="L99" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A100" s="9"/>
       <c r="B100" s="10"/>
       <c r="C100" s="11">
-        <v>1</v>
+        <v>1.8</v>
       </c>
       <c r="D100" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E100" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="13">
-        <v>43410</v>
+        <v>44873</v>
       </c>
       <c r="G100" s="14">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="H100" s="15">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I100" s="15">
-        <v>2023</v>
+        <v>2032</v>
       </c>
       <c r="J100" s="11">
-        <v>1</v>
+        <v>1.8</v>
       </c>
       <c r="K100" s="14">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="L100" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A101" s="9"/>
-[...29 lines deleted...]
-        <v>11</v>
+      <c r="B101" s="21"/>
+      <c r="C101" s="7">
+        <f>SUM(C99:C100)</f>
+        <v>2.8</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B102" s="21"/>
-      <c r="C102" s="7">
-        <f>SUM(C100:C101)</f>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A103" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B103" s="8"/>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A104" s="9"/>
+      <c r="B104" s="10"/>
+      <c r="C104" s="11">
         <v>2.8</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="B104" s="8"/>
+      <c r="D104" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E104" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F104" s="13">
+        <v>30110</v>
+      </c>
+      <c r="G104" s="14">
+        <v>1982</v>
+      </c>
+      <c r="H104" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I104" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J104" s="11">
+        <v>2.8</v>
+      </c>
+      <c r="K104" s="14">
+        <v>1982</v>
+      </c>
+      <c r="L104" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A105" s="9"/>
-[...1 lines deleted...]
-      <c r="C105" s="11">
+      <c r="B105" s="21"/>
+      <c r="C105" s="7">
+        <f>C104</f>
         <v>2.8</v>
-      </c>
-[...25 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B106" s="21"/>
-      <c r="C106" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="107" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B107" s="21"/>
+      <c r="A107" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B107" s="8"/>
     </row>
     <row r="108" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B108" s="8"/>
+      <c r="A108" s="9"/>
+      <c r="B108" s="10"/>
+      <c r="C108" s="11">
+        <v>0.93</v>
+      </c>
+      <c r="D108" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E108" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F108" s="13">
+        <v>42682</v>
+      </c>
+      <c r="G108" s="14">
+        <v>2017</v>
+      </c>
+      <c r="H108" s="15">
+        <v>10</v>
+      </c>
+      <c r="I108" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J108" s="11">
+        <v>0.93</v>
+      </c>
+      <c r="K108" s="14">
+        <v>1976</v>
+      </c>
+      <c r="L108" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="109" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A109" s="9"/>
       <c r="B109" s="10"/>
       <c r="C109" s="11">
-        <v>0.93</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E109" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="13">
         <v>42682</v>
       </c>
       <c r="G109" s="14">
         <v>2017</v>
       </c>
       <c r="H109" s="15">
         <v>10</v>
       </c>
       <c r="I109" s="15">
         <v>2026</v>
       </c>
       <c r="J109" s="11">
-        <v>0.93</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="K109" s="14">
         <v>1976</v>
       </c>
       <c r="L109" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A110" s="9"/>
       <c r="B110" s="10"/>
       <c r="C110" s="11">
-        <v>7.0000000000000007E-2</v>
+        <v>0.46500000000000002</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E110" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="13">
-        <v>42682</v>
+        <v>41765</v>
       </c>
       <c r="G110" s="14">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="H110" s="15">
         <v>10</v>
       </c>
       <c r="I110" s="15">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="J110" s="11">
-        <v>7.0000000000000007E-2</v>
+        <v>0.46500000000000002</v>
       </c>
       <c r="K110" s="14">
-        <v>1976</v>
+        <v>1994</v>
       </c>
       <c r="L110" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A111" s="9"/>
       <c r="B111" s="10"/>
       <c r="C111" s="11">
-        <v>0.46500000000000002</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E111" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F111" s="13">
         <v>41765</v>
       </c>
       <c r="G111" s="14">
         <v>2014</v>
       </c>
       <c r="H111" s="15">
         <v>10</v>
       </c>
       <c r="I111" s="15">
         <v>2023</v>
       </c>
       <c r="J111" s="11">
-        <v>0.46500000000000002</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="K111" s="14">
         <v>1994</v>
       </c>
       <c r="L111" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A112" s="9"/>
       <c r="B112" s="10"/>
       <c r="C112" s="11">
-        <v>3.5000000000000003E-2</v>
+        <v>0.67</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E112" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="13">
-        <v>41765</v>
+        <v>43774</v>
       </c>
       <c r="G112" s="14">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="H112" s="15">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I112" s="15">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="J112" s="11">
-        <v>3.5000000000000003E-2</v>
+        <v>0.67</v>
       </c>
       <c r="K112" s="14">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="L112" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A113" s="9"/>
       <c r="B113" s="10"/>
       <c r="C113" s="11">
-        <v>0.67</v>
+        <v>0.33</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E113" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="13">
         <v>43774</v>
       </c>
       <c r="G113" s="14">
         <v>2020</v>
       </c>
       <c r="H113" s="15">
         <v>7</v>
       </c>
       <c r="I113" s="15">
         <v>2026</v>
       </c>
       <c r="J113" s="11">
-        <v>0.67</v>
+        <v>0.33</v>
       </c>
       <c r="K113" s="14">
         <v>2013</v>
       </c>
       <c r="L113" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A114" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B114" s="21"/>
+      <c r="C114" s="7">
+        <f>SUM(C108:C113)</f>
+        <v>2.5</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B115" s="21"/>
-      <c r="C115" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B116" s="21"/>
+      <c r="A116" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B116" s="8"/>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B117" s="8"/>
+      <c r="A117" s="9"/>
+      <c r="B117" s="10"/>
+      <c r="C117" s="11">
+        <v>2</v>
+      </c>
+      <c r="D117" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E117" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F117" s="13">
+        <v>29286</v>
+      </c>
+      <c r="G117" s="14">
+        <v>1980</v>
+      </c>
+      <c r="H117" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I117" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J117" s="11">
+        <v>2</v>
+      </c>
+      <c r="K117" s="14">
+        <v>1980</v>
+      </c>
+      <c r="L117" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="118" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A118" s="9"/>
-[...1 lines deleted...]
-      <c r="C118" s="11">
+      <c r="B118" s="21"/>
+      <c r="C118" s="7">
+        <f>C117</f>
         <v>2</v>
-      </c>
-[...25 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B119" s="21"/>
-      <c r="C119" s="7">
-        <f>C118</f>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A120" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B120" s="8"/>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A121" s="9"/>
+      <c r="B121" s="10">
         <v>2</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="B121" s="8"/>
+      <c r="C121" s="11"/>
+      <c r="D121" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E121" s="12"/>
+      <c r="F121" s="13"/>
+      <c r="G121" s="14"/>
+      <c r="H121" s="15"/>
+      <c r="I121" s="15"/>
+      <c r="J121" s="11"/>
+      <c r="K121" s="14"/>
+      <c r="L121" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="122" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A122" s="9"/>
       <c r="B122" s="10">
-        <v>2</v>
+        <v>0.7</v>
       </c>
       <c r="C122" s="11"/>
       <c r="D122" s="9" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="E122" s="12"/>
       <c r="F122" s="13"/>
       <c r="G122" s="14"/>
       <c r="H122" s="15"/>
       <c r="I122" s="15"/>
       <c r="J122" s="11"/>
       <c r="K122" s="14"/>
       <c r="L122" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A123" s="9"/>
-      <c r="B123" s="10">
-[...2 lines deleted...]
-      <c r="C123" s="11"/>
+      <c r="B123" s="10"/>
+      <c r="C123" s="11">
+        <v>2.5</v>
+      </c>
       <c r="D123" s="9" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      <c r="K123" s="14"/>
+        <v>53</v>
+      </c>
+      <c r="E123" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F123" s="13">
+        <v>11265</v>
+      </c>
+      <c r="G123" s="14">
+        <v>2021</v>
+      </c>
+      <c r="H123" s="15">
+        <v>5</v>
+      </c>
+      <c r="I123" s="15">
+        <v>2025</v>
+      </c>
+      <c r="J123" s="11">
+        <v>2.5</v>
+      </c>
+      <c r="K123" s="14">
+        <v>2011</v>
+      </c>
       <c r="L123" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A124" s="9"/>
-[...1 lines deleted...]
-      <c r="C124" s="11">
+      <c r="B124" s="8">
+        <f>SUM(B121:B123)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C124" s="7">
+        <f>SUM(C121:C123)</f>
         <v>2.5</v>
       </c>
-      <c r="D124" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="12" t="s">
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B125" s="21"/>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A126" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B126" s="8"/>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A127" s="9"/>
+      <c r="B127" s="10"/>
+      <c r="C127" s="11">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E127" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="F124" s="13">
-[...5 lines deleted...]
-      <c r="H124" s="15">
+      <c r="F127" s="13">
+        <v>44873</v>
+      </c>
+      <c r="G127" s="14">
+        <v>2023</v>
+      </c>
+      <c r="H127" s="15">
         <v>5</v>
       </c>
-      <c r="I124" s="15">
-[...29 lines deleted...]
-      <c r="B127" s="8"/>
+      <c r="I127" s="15">
+        <v>2027</v>
+      </c>
+      <c r="J127" s="11">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="K127" s="14">
+        <v>2003</v>
+      </c>
+      <c r="L127" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A128" s="9"/>
-[...1 lines deleted...]
-      <c r="C128" s="11">
+      <c r="B128" s="21"/>
+      <c r="C128" s="7">
+        <f>C127</f>
         <v>1.1000000000000001</v>
-      </c>
-[...25 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B129" s="21"/>
-      <c r="C129" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="130" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B130" s="21"/>
+      <c r="A130" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B130" s="8"/>
     </row>
     <row r="131" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B131" s="8"/>
+      <c r="A131" s="9"/>
+      <c r="B131" s="10"/>
+      <c r="C131" s="11">
+        <v>2.4</v>
+      </c>
+      <c r="D131" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E131" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F131" s="13">
+        <v>45601</v>
+      </c>
+      <c r="G131" s="14">
+        <v>2025</v>
+      </c>
+      <c r="H131" s="15">
+        <v>5</v>
+      </c>
+      <c r="I131" s="15">
+        <v>2029</v>
+      </c>
+      <c r="J131" s="11">
+        <v>2.4</v>
+      </c>
+      <c r="K131" s="14">
+        <v>2005</v>
+      </c>
+      <c r="L131" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="132" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A132" s="9"/>
-[...1 lines deleted...]
-      <c r="C132" s="11">
+      <c r="B132" s="21"/>
+      <c r="C132" s="7">
+        <f>C131</f>
         <v>2.4</v>
-      </c>
-[...25 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B133" s="21"/>
-      <c r="C133" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="134" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B134" s="21"/>
+      <c r="A134" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B134" s="8"/>
     </row>
     <row r="135" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B135" s="8"/>
+      <c r="A135" s="9"/>
+      <c r="B135" s="10">
+        <v>0.5</v>
+      </c>
+      <c r="C135" s="11"/>
+      <c r="D135" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E135" s="12"/>
+      <c r="F135" s="13"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="15"/>
+      <c r="I135" s="15"/>
+      <c r="J135" s="11"/>
+      <c r="K135" s="14"/>
+      <c r="L135" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A136" s="9"/>
-      <c r="B136" s="10">
+      <c r="B136" s="8">
+        <f>B135</f>
         <v>0.5</v>
       </c>
-      <c r="C136" s="11"/>
-      <c r="D136" s="9" t="s">
+    </row>
+    <row r="137" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B137" s="21"/>
+    </row>
+    <row r="138" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A138" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B138" s="8"/>
+    </row>
+    <row r="139" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A139" s="9"/>
+      <c r="B139" s="10">
+        <v>1.8</v>
+      </c>
+      <c r="C139" s="11"/>
+      <c r="D139" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E139" s="12"/>
+      <c r="F139" s="13"/>
+      <c r="G139" s="14"/>
+      <c r="H139" s="15"/>
+      <c r="I139" s="15"/>
+      <c r="J139" s="11"/>
+      <c r="K139" s="14"/>
+      <c r="L139" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B140" s="8">
+        <f>B139</f>
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B141" s="21"/>
+    </row>
+    <row r="142" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A142" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B142" s="21"/>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A143" s="9"/>
+      <c r="B143" s="10">
+        <v>0.4</v>
+      </c>
+      <c r="C143" s="11"/>
+      <c r="D143" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E136" s="12"/>
-[...58 lines deleted...]
-      <c r="B143" s="21"/>
+      <c r="E143" s="12"/>
+      <c r="F143" s="13"/>
+      <c r="G143" s="14"/>
+      <c r="H143" s="15"/>
+      <c r="I143" s="15"/>
+      <c r="J143" s="11"/>
+      <c r="K143" s="14"/>
+      <c r="L143" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="144" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A144" s="9"/>
-      <c r="B144" s="10">
+      <c r="B144" s="10"/>
+      <c r="C144" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="D144" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E144" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F144" s="13">
+        <v>45238</v>
+      </c>
+      <c r="G144" s="14">
+        <v>2023</v>
+      </c>
+      <c r="H144" s="15">
+        <v>5</v>
+      </c>
+      <c r="I144" s="15">
+        <v>2027</v>
+      </c>
+      <c r="J144" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="K144" s="14">
+        <v>2018</v>
+      </c>
+      <c r="L144" s="15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B145" s="8">
+        <f>SUM(B143:B144)</f>
         <v>0.4</v>
       </c>
-      <c r="C144" s="11"/>
-[...17 lines deleted...]
-      <c r="C145" s="11">
+      <c r="C145" s="3">
+        <f>SUM(C143:C144)</f>
         <v>0.5</v>
       </c>
-      <c r="D145" s="9" t="s">
-[...25 lines deleted...]
-      </c>
     </row>
     <row r="146" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B146" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B146" s="21"/>
     </row>
     <row r="147" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A147" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="B147" s="21"/>
     </row>
     <row r="148" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B148" s="21"/>
+      <c r="A148" s="9"/>
+      <c r="B148" s="10">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="C148" s="11"/>
+      <c r="D148" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E148" s="12"/>
+      <c r="F148" s="13"/>
+      <c r="G148" s="14"/>
+      <c r="H148" s="15"/>
+      <c r="I148" s="15"/>
+      <c r="J148" s="11"/>
+      <c r="K148" s="14"/>
+      <c r="L148" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A149" s="9"/>
-      <c r="B149" s="10">
+      <c r="B149" s="10"/>
+      <c r="C149" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="D149" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E149" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F149" s="13">
+        <v>45237</v>
+      </c>
+      <c r="G149" s="14">
+        <v>2023</v>
+      </c>
+      <c r="H149" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I149" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J149" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="K149" s="14">
+        <v>2023</v>
+      </c>
+      <c r="L149" s="15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B150" s="8">
+        <f>SUM(B148:B149)</f>
         <v>2.2999999999999998</v>
       </c>
-      <c r="C149" s="11"/>
-[...17 lines deleted...]
-      <c r="C150" s="11">
+      <c r="C150" s="3">
+        <f>SUM(C148:C149)</f>
         <v>0.4</v>
       </c>
-      <c r="D150" s="9" t="s">
-[...25 lines deleted...]
-      </c>
     </row>
     <row r="151" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B151" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B151" s="21"/>
     </row>
     <row r="152" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A152" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="B152" s="21"/>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B153" s="21"/>
+      <c r="A153" s="9"/>
+      <c r="B153" s="10">
+        <v>2.7</v>
+      </c>
+      <c r="C153" s="11"/>
+      <c r="D153" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E153" s="12"/>
+      <c r="F153" s="13"/>
+      <c r="G153" s="14"/>
+      <c r="H153" s="15"/>
+      <c r="I153" s="15"/>
+      <c r="J153" s="11"/>
+      <c r="K153" s="14"/>
+      <c r="L153" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A154" s="9"/>
-      <c r="B154" s="10">
-[...2 lines deleted...]
-      <c r="C154" s="11"/>
+      <c r="B154" s="10"/>
+      <c r="C154" s="11">
+        <v>1</v>
+      </c>
       <c r="D154" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K154" s="14"/>
+        <v>64</v>
+      </c>
+      <c r="E154" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" s="13">
+        <v>45370</v>
+      </c>
+      <c r="G154" s="14">
+        <v>2024</v>
+      </c>
+      <c r="H154" s="15">
+        <v>5</v>
+      </c>
+      <c r="I154" s="15">
+        <v>2028</v>
+      </c>
+      <c r="J154" s="11">
+        <v>1</v>
+      </c>
+      <c r="K154" s="14">
+        <v>2009</v>
+      </c>
       <c r="L154" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A155" s="9"/>
       <c r="B155" s="10"/>
       <c r="C155" s="11">
-        <v>1</v>
+        <v>0.8</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="E155" s="12" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="F155" s="13">
-        <v>45370</v>
+        <v>44873</v>
       </c>
       <c r="G155" s="14">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="H155" s="15">
         <v>5</v>
       </c>
       <c r="I155" s="15">
-        <v>2028</v>
+        <v>2027</v>
       </c>
       <c r="J155" s="11">
+        <v>0.8</v>
+      </c>
+      <c r="K155" s="14">
+        <v>2023</v>
+      </c>
+      <c r="L155" s="15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B156" s="8">
+        <f>SUM(B153:B155)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C156" s="3">
+        <f>SUM(C153:C155)</f>
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B157" s="21"/>
+    </row>
+    <row r="158" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A158" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B158" s="21"/>
+    </row>
+    <row r="159" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A159" s="9"/>
+      <c r="B159" s="10">
         <v>1</v>
       </c>
-      <c r="K155" s="14">
-[...57 lines deleted...]
-      <c r="B159" s="21"/>
+      <c r="C159" s="11"/>
+      <c r="D159" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E159" s="12"/>
+      <c r="F159" s="13"/>
+      <c r="G159" s="14"/>
+      <c r="H159" s="15"/>
+      <c r="I159" s="15"/>
+      <c r="J159" s="11"/>
+      <c r="K159" s="14"/>
+      <c r="L159" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="160" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A160" s="9"/>
       <c r="B160" s="10">
-        <v>1</v>
+        <v>1.7</v>
       </c>
       <c r="C160" s="11"/>
       <c r="D160" s="9" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="E160" s="12"/>
       <c r="F160" s="13"/>
       <c r="G160" s="14"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="11"/>
       <c r="K160" s="14"/>
       <c r="L160" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A161" s="9"/>
-      <c r="B161" s="10">
-[...2 lines deleted...]
-      <c r="C161" s="11"/>
+      <c r="B161" s="10"/>
+      <c r="C161" s="11">
+        <v>1.5</v>
+      </c>
       <c r="D161" s="9" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      <c r="K161" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E161" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F161" s="13">
+        <v>44502</v>
+      </c>
+      <c r="G161" s="14">
+        <v>2022</v>
+      </c>
+      <c r="H161" s="15">
+        <v>5</v>
+      </c>
+      <c r="I161" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J161" s="11">
+        <v>1.5</v>
+      </c>
+      <c r="K161" s="14">
+        <v>2007</v>
+      </c>
       <c r="L161" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A162" s="9"/>
       <c r="B162" s="10"/>
       <c r="C162" s="11">
-        <v>1.5</v>
+        <v>2.5</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E162" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F162" s="13">
-        <v>44502</v>
+        <v>44138</v>
       </c>
       <c r="G162" s="14">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="H162" s="15">
         <v>5</v>
       </c>
       <c r="I162" s="15">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="J162" s="11">
-        <v>1.5</v>
+        <v>2.5</v>
       </c>
       <c r="K162" s="14">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="L162" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A163" s="9"/>
-[...29 lines deleted...]
-        <v>11</v>
+      <c r="B163" s="8">
+        <f>SUM(B159:B162)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C163" s="3">
+        <f>SUM(C159:C162)</f>
+        <v>4</v>
       </c>
     </row>
     <row r="164" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B164" s="8">
-        <f>SUM(B160:B163)</f>
+      <c r="B164" s="21"/>
+    </row>
+    <row r="165" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A165" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B165" s="21"/>
+    </row>
+    <row r="166" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A166" s="9"/>
+      <c r="B166" s="10">
         <v>2.7</v>
       </c>
-      <c r="C164" s="3">
-[...11 lines deleted...]
-      <c r="B166" s="21"/>
+      <c r="C166" s="11"/>
+      <c r="D166" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E166" s="12"/>
+      <c r="F166" s="13"/>
+      <c r="G166" s="14"/>
+      <c r="H166" s="15"/>
+      <c r="I166" s="15"/>
+      <c r="J166" s="11"/>
+      <c r="K166" s="14"/>
+      <c r="L166" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="167" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A167" s="9"/>
-      <c r="B167" s="10">
+      <c r="B167" s="10"/>
+      <c r="C167" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="D167" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E167" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F167" s="13">
+        <v>45237</v>
+      </c>
+      <c r="G167" s="14">
+        <v>2023</v>
+      </c>
+      <c r="H167" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I167" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J167" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="K167" s="14">
+        <v>2023</v>
+      </c>
+      <c r="L167" s="15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B168" s="8">
+        <f>SUM(B166:B167)</f>
         <v>2.7</v>
       </c>
-      <c r="C167" s="11"/>
-      <c r="D167" s="9" t="s">
+      <c r="C168" s="3">
+        <f>SUM(C166:C167)</f>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B169" s="21"/>
+    </row>
+    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A170" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B170" s="21"/>
+    </row>
+    <row r="171" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A171" s="9"/>
+      <c r="B171" s="10">
+        <v>2.7</v>
+      </c>
+      <c r="C171" s="11"/>
+      <c r="D171" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E167" s="12"/>
-[...61 lines deleted...]
-      <c r="B171" s="21"/>
+      <c r="E171" s="12"/>
+      <c r="F171" s="13"/>
+      <c r="G171" s="14"/>
+      <c r="H171" s="15"/>
+      <c r="I171" s="15"/>
+      <c r="J171" s="11"/>
+      <c r="K171" s="14"/>
+      <c r="L171" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A172" s="9"/>
-      <c r="B172" s="10">
+      <c r="B172" s="10"/>
+      <c r="C172" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="D172" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E172" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F172" s="13">
+        <v>30110</v>
+      </c>
+      <c r="G172" s="14">
+        <v>1982</v>
+      </c>
+      <c r="H172" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I172" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J172" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="K172" s="14">
+        <v>1982</v>
+      </c>
+      <c r="L172" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B173" s="8">
+        <f>SUM(B171:B172)</f>
         <v>2.7</v>
       </c>
-      <c r="C172" s="11"/>
-[...17 lines deleted...]
-      <c r="C173" s="11">
+      <c r="C173" s="3">
+        <f>SUM(C171:C172)</f>
         <v>0.5</v>
       </c>
-      <c r="D173" s="9" t="s">
-[...25 lines deleted...]
-      </c>
     </row>
     <row r="174" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B174" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B174" s="21"/>
     </row>
     <row r="175" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A175" s="1" t="s">
+        <v>68</v>
+      </c>
       <c r="B175" s="21"/>
     </row>
     <row r="176" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B176" s="21"/>
+      <c r="A176" s="9"/>
+      <c r="B176" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="C176" s="11"/>
+      <c r="D176" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E176" s="12"/>
+      <c r="F176" s="13"/>
+      <c r="G176" s="14"/>
+      <c r="H176" s="15"/>
+      <c r="I176" s="15"/>
+      <c r="J176" s="11"/>
+      <c r="K176" s="14"/>
+      <c r="L176" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="177" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A177" s="9"/>
       <c r="B177" s="10">
-        <v>0.1</v>
+        <v>2.6</v>
       </c>
       <c r="C177" s="11"/>
       <c r="D177" s="9" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E177" s="12"/>
       <c r="F177" s="13"/>
       <c r="G177" s="14"/>
       <c r="H177" s="15"/>
       <c r="I177" s="15"/>
       <c r="J177" s="11"/>
       <c r="K177" s="14"/>
       <c r="L177" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A178" s="9"/>
-      <c r="B178" s="10">
-[...2 lines deleted...]
-      <c r="C178" s="11"/>
+      <c r="B178" s="10"/>
+      <c r="C178" s="11">
+        <v>0.5</v>
+      </c>
       <c r="D178" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K178" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E178" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F178" s="13">
+        <v>38293</v>
+      </c>
+      <c r="G178" s="14">
+        <v>2005</v>
+      </c>
+      <c r="H178" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I178" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J178" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="K178" s="14">
+        <v>2005</v>
+      </c>
       <c r="L178" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A179" s="9"/>
       <c r="B179" s="10"/>
       <c r="C179" s="11">
         <v>0.5</v>
       </c>
       <c r="D179" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E179" s="12" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="F179" s="13">
-        <v>38293</v>
+        <v>40120</v>
       </c>
       <c r="G179" s="14">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>21</v>
       </c>
       <c r="J179" s="11">
         <v>0.5</v>
       </c>
       <c r="K179" s="14">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="L179" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A180" s="9"/>
       <c r="B180" s="10"/>
       <c r="C180" s="11">
         <v>0.5</v>
       </c>
       <c r="D180" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E180" s="12" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="F180" s="13">
-        <v>40120</v>
+        <v>44138</v>
       </c>
       <c r="G180" s="14">
-        <v>2009</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>2021</v>
+      </c>
+      <c r="H180" s="15">
+        <v>5</v>
+      </c>
+      <c r="I180" s="15">
+        <v>2025</v>
       </c>
       <c r="J180" s="11">
         <v>0.5</v>
       </c>
       <c r="K180" s="14">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="L180" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A181" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B181" s="8">
+        <f>SUM(B176:B180)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C181" s="3">
+        <f>SUM(C176:C180)</f>
+        <v>1.5</v>
       </c>
     </row>
     <row r="182" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B182" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B182" s="21"/>
     </row>
     <row r="183" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A183" s="1" t="s">
+        <v>70</v>
+      </c>
       <c r="B183" s="21"/>
     </row>
     <row r="184" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B184" s="21"/>
+      <c r="A184" s="9"/>
+      <c r="B184" s="10">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C184" s="11"/>
+      <c r="D184" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E184" s="12"/>
+      <c r="F184" s="13"/>
+      <c r="G184" s="14"/>
+      <c r="H184" s="15"/>
+      <c r="I184" s="15"/>
+      <c r="J184" s="11"/>
+      <c r="K184" s="14"/>
+      <c r="L184" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="185" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A185" s="9"/>
-      <c r="B185" s="10">
+      <c r="B185" s="8">
+        <f>B184</f>
         <v>2.2000000000000002</v>
       </c>
-      <c r="C185" s="11"/>
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="186" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B186" s="8">
-[...2 lines deleted...]
-      </c>
+      <c r="B186" s="21"/>
     </row>
     <row r="187" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A187" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="B187" s="21"/>
     </row>
     <row r="188" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B188" s="21"/>
+      <c r="A188" s="9"/>
+      <c r="B188" s="10"/>
+      <c r="C188" s="11">
+        <v>1</v>
+      </c>
+      <c r="D188" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E188" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F188" s="13">
+        <v>31356</v>
+      </c>
+      <c r="G188" s="14">
+        <v>1985</v>
+      </c>
+      <c r="H188" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I188" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J188" s="11">
+        <v>1</v>
+      </c>
+      <c r="K188" s="14">
+        <v>1985</v>
+      </c>
+      <c r="L188" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="189" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A189" s="9"/>
       <c r="B189" s="10"/>
       <c r="C189" s="11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D189" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E189" s="12" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F189" s="13">
-        <v>31356</v>
+        <v>45237</v>
       </c>
       <c r="G189" s="14">
-        <v>1985</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>2024</v>
+      </c>
+      <c r="H189" s="15">
+        <v>5</v>
+      </c>
+      <c r="I189" s="15">
+        <v>2028</v>
       </c>
       <c r="J189" s="11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K189" s="14">
-        <v>1985</v>
+        <v>2014</v>
       </c>
       <c r="L189" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A190" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B190" s="21"/>
+      <c r="C190" s="7">
+        <f>SUM(C188:C189)</f>
+        <v>3</v>
       </c>
     </row>
     <row r="191" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B191" s="21"/>
-      <c r="C191" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="192" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A192" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="B192" s="21"/>
     </row>
     <row r="193" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B193" s="21"/>
+      <c r="A193" s="9"/>
+      <c r="B193" s="10"/>
+      <c r="C193" s="11">
+        <v>1</v>
+      </c>
+      <c r="D193" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E193" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F193" s="13">
+        <v>30992</v>
+      </c>
+      <c r="G193" s="14">
+        <v>1984</v>
+      </c>
+      <c r="H193" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I193" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J193" s="11">
+        <v>1</v>
+      </c>
+      <c r="K193" s="14">
+        <v>1984</v>
+      </c>
+      <c r="L193" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="194" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A194" s="9"/>
       <c r="B194" s="10"/>
       <c r="C194" s="11">
         <v>1</v>
       </c>
       <c r="D194" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E194" s="12" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F194" s="13">
-        <v>30992</v>
+        <v>44138</v>
       </c>
       <c r="G194" s="14">
-        <v>1984</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>2021</v>
+      </c>
+      <c r="H194" s="15">
+        <v>5</v>
+      </c>
+      <c r="I194" s="15">
+        <v>2025</v>
       </c>
       <c r="J194" s="11">
         <v>1</v>
       </c>
       <c r="K194" s="14">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="L194" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A195" s="9"/>
-[...29 lines deleted...]
-        <v>11</v>
+      <c r="B195" s="21"/>
+      <c r="C195" s="7">
+        <f>SUM(C193:C194)</f>
+        <v>2</v>
       </c>
     </row>
     <row r="196" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B196" s="21"/>
-      <c r="C196" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="197" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A197" s="1" t="s">
+        <v>74</v>
+      </c>
       <c r="B197" s="21"/>
     </row>
     <row r="198" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B198" s="21"/>
+      <c r="A198" s="9"/>
+      <c r="B198" s="10">
+        <v>0.5</v>
+      </c>
+      <c r="C198" s="11"/>
+      <c r="D198" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E198" s="12"/>
+      <c r="F198" s="13"/>
+      <c r="G198" s="14"/>
+      <c r="H198" s="15"/>
+      <c r="I198" s="15"/>
+      <c r="J198" s="11"/>
+      <c r="K198" s="14"/>
+      <c r="L198" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="199" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A199" s="9"/>
-      <c r="B199" s="10">
+      <c r="B199" s="8">
+        <f>B198</f>
         <v>0.5</v>
       </c>
-      <c r="C199" s="11"/>
-[...12 lines deleted...]
-      </c>
     </row>
     <row r="200" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B200" s="8">
-[...2 lines deleted...]
-      </c>
+      <c r="B200" s="21"/>
     </row>
     <row r="201" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A201" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="B201" s="21"/>
     </row>
     <row r="202" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B202" s="21"/>
+      <c r="A202" s="9"/>
+      <c r="B202" s="10">
+        <v>1.9</v>
+      </c>
+      <c r="C202" s="11"/>
+      <c r="D202" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E202" s="12"/>
+      <c r="F202" s="13"/>
+      <c r="G202" s="14"/>
+      <c r="H202" s="15"/>
+      <c r="I202" s="15"/>
+      <c r="J202" s="11"/>
+      <c r="K202" s="14"/>
+      <c r="L202" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="203" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A203" s="9"/>
-      <c r="B203" s="10">
-[...2 lines deleted...]
-      <c r="C203" s="11"/>
+      <c r="B203" s="10"/>
+      <c r="C203" s="11">
+        <v>0.9</v>
+      </c>
       <c r="D203" s="9" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      <c r="K203" s="14"/>
+        <v>9</v>
+      </c>
+      <c r="E203" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F203" s="13">
+        <v>44873</v>
+      </c>
+      <c r="G203" s="14">
+        <v>2023</v>
+      </c>
+      <c r="H203" s="15">
+        <v>5</v>
+      </c>
+      <c r="I203" s="15">
+        <v>2027</v>
+      </c>
+      <c r="J203" s="11">
+        <v>0.9</v>
+      </c>
+      <c r="K203" s="14">
+        <v>1979</v>
+      </c>
       <c r="L203" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="204" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A204" s="9"/>
       <c r="B204" s="10"/>
       <c r="C204" s="11">
-        <v>0.9</v>
+        <v>1.8</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="E204" s="12" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="F204" s="13">
-        <v>44873</v>
+        <v>37565</v>
       </c>
       <c r="G204" s="14">
-        <v>2023</v>
-[...5 lines deleted...]
-        <v>2027</v>
+        <v>2003</v>
+      </c>
+      <c r="H204" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I204" s="15" t="s">
+        <v>21</v>
       </c>
       <c r="J204" s="11">
-        <v>0.9</v>
+        <v>1.8</v>
       </c>
       <c r="K204" s="14">
-        <v>1979</v>
+        <v>2003</v>
       </c>
       <c r="L204" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A205" s="9"/>
-[...29 lines deleted...]
-        <v>11</v>
+      <c r="B205" s="8">
+        <f>SUM(B202:B204)</f>
+        <v>1.9</v>
+      </c>
+      <c r="C205" s="3">
+        <f>SUM(C202:C204)</f>
+        <v>2.7</v>
       </c>
     </row>
     <row r="206" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B206" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B206" s="21"/>
     </row>
     <row r="207" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A207" s="1" t="s">
+        <v>75</v>
+      </c>
       <c r="B207" s="21"/>
     </row>
     <row r="208" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B208" s="21"/>
+      <c r="A208" s="9"/>
+      <c r="B208" s="10">
+        <v>0.5</v>
+      </c>
+      <c r="C208" s="11"/>
+      <c r="D208" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E208" s="12"/>
+      <c r="F208" s="13"/>
+      <c r="G208" s="14"/>
+      <c r="H208" s="15"/>
+      <c r="I208" s="15"/>
+      <c r="J208" s="11"/>
+      <c r="K208" s="14"/>
+      <c r="L208" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="209" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A209" s="9"/>
-      <c r="B209" s="10">
+      <c r="B209" s="10"/>
+      <c r="C209" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="D209" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E209" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F209" s="13">
+        <v>44502</v>
+      </c>
+      <c r="G209" s="14">
+        <v>2022</v>
+      </c>
+      <c r="H209" s="15">
+        <v>5</v>
+      </c>
+      <c r="I209" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J209" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="K209" s="14">
+        <v>1976</v>
+      </c>
+      <c r="L209" s="15" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B210" s="8">
+        <f>SUM(B208:B209)</f>
         <v>0.5</v>
       </c>
-      <c r="C209" s="11"/>
-      <c r="D209" s="9" t="s">
+      <c r="C210" s="3">
+        <f>SUM(C208:C209)</f>
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B211" s="21"/>
+    </row>
+    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B212" s="21"/>
+    </row>
+    <row r="213" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A213" s="9"/>
+      <c r="B213" s="10">
+        <v>1.4</v>
+      </c>
+      <c r="C213" s="11"/>
+      <c r="D213" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E209" s="12"/>
-[...61 lines deleted...]
-      <c r="B213" s="21"/>
+      <c r="E213" s="12"/>
+      <c r="F213" s="13"/>
+      <c r="G213" s="14"/>
+      <c r="H213" s="15"/>
+      <c r="I213" s="15"/>
+      <c r="J213" s="11"/>
+      <c r="K213" s="14"/>
+      <c r="L213" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="214" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A214" s="9"/>
       <c r="B214" s="10">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="C214" s="11"/>
       <c r="D214" s="9" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="E214" s="12"/>
       <c r="F214" s="13"/>
       <c r="G214" s="14"/>
       <c r="H214" s="15"/>
       <c r="I214" s="15"/>
       <c r="J214" s="11"/>
       <c r="K214" s="14"/>
       <c r="L214" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A215" s="9"/>
-      <c r="B215" s="10">
-[...2 lines deleted...]
-      <c r="C215" s="11"/>
+      <c r="B215" s="10"/>
+      <c r="C215" s="11">
+        <v>1</v>
+      </c>
       <c r="D215" s="9" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      <c r="K215" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E215" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F215" s="13">
+        <v>44873</v>
+      </c>
+      <c r="G215" s="14">
+        <v>2023</v>
+      </c>
+      <c r="H215" s="15">
+        <v>5</v>
+      </c>
+      <c r="I215" s="15">
+        <v>2027</v>
+      </c>
+      <c r="J215" s="11">
+        <v>1</v>
+      </c>
+      <c r="K215" s="14">
+        <v>2013</v>
+      </c>
       <c r="L215" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A216" s="9"/>
       <c r="B216" s="10"/>
       <c r="C216" s="11">
         <v>1</v>
       </c>
       <c r="D216" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F216" s="13">
-        <v>44873</v>
+        <v>44502</v>
       </c>
       <c r="G216" s="14">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H216" s="15">
         <v>5</v>
       </c>
       <c r="I216" s="15">
-        <v>2027</v>
+        <v>2026</v>
       </c>
       <c r="J216" s="11">
         <v>1</v>
       </c>
       <c r="K216" s="14">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="L216" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A217" s="9"/>
       <c r="B217" s="10"/>
       <c r="C217" s="11">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="D217" s="9" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F217" s="13">
         <v>44502</v>
       </c>
       <c r="G217" s="14">
         <v>2022</v>
       </c>
       <c r="H217" s="15">
         <v>5</v>
       </c>
       <c r="I217" s="15">
         <v>2026</v>
       </c>
       <c r="J217" s="11">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="K217" s="14">
         <v>2017</v>
       </c>
       <c r="L217" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A218" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B218" s="8">
+        <f>SUM(B213:B217)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C218" s="3">
+        <f>SUM(C213:C217)</f>
+        <v>2.5</v>
       </c>
     </row>
     <row r="219" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B219" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B219" s="21"/>
     </row>
     <row r="220" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A220" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="B220" s="21"/>
     </row>
     <row r="221" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B221" s="21"/>
+      <c r="A221" s="9"/>
+      <c r="B221" s="10">
+        <v>0.3</v>
+      </c>
+      <c r="C221" s="11"/>
+      <c r="D221" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E221" s="12"/>
+      <c r="F221" s="13"/>
+      <c r="G221" s="14"/>
+      <c r="H221" s="15"/>
+      <c r="I221" s="15"/>
+      <c r="J221" s="11"/>
+      <c r="K221" s="14"/>
+      <c r="L221" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="222" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A222" s="9"/>
       <c r="B222" s="10">
-        <v>0.3</v>
+        <v>1</v>
       </c>
       <c r="C222" s="11"/>
       <c r="D222" s="9" t="s">
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="E222" s="12"/>
       <c r="F222" s="13"/>
       <c r="G222" s="14"/>
       <c r="H222" s="15"/>
       <c r="I222" s="15"/>
       <c r="J222" s="11"/>
       <c r="K222" s="14"/>
       <c r="L222" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A223" s="9"/>
-[...15 lines deleted...]
-        <v>11</v>
+      <c r="B223" s="8">
+        <f>SUM(B221:B222)</f>
+        <v>1.3</v>
       </c>
     </row>
     <row r="224" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B224" s="8">
-[...2 lines deleted...]
-      </c>
+      <c r="B224" s="21"/>
     </row>
     <row r="225" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A225" s="1" t="s">
+        <v>79</v>
+      </c>
       <c r="B225" s="21"/>
     </row>
     <row r="226" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B226" s="21"/>
+      <c r="A226" s="9"/>
+      <c r="B226" s="10">
+        <v>0.1</v>
+      </c>
+      <c r="C226" s="11"/>
+      <c r="D226" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E226" s="12"/>
+      <c r="F226" s="13"/>
+      <c r="G226" s="14"/>
+      <c r="H226" s="15"/>
+      <c r="I226" s="15"/>
+      <c r="J226" s="11"/>
+      <c r="K226" s="14"/>
+      <c r="L226" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="227" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A227" s="9"/>
       <c r="B227" s="10">
-        <v>0.1</v>
+        <v>0.9</v>
       </c>
       <c r="C227" s="11"/>
       <c r="D227" s="9" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="E227" s="12"/>
       <c r="F227" s="13"/>
       <c r="G227" s="14"/>
       <c r="H227" s="15"/>
       <c r="I227" s="15"/>
       <c r="J227" s="11"/>
       <c r="K227" s="14"/>
       <c r="L227" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A228" s="9"/>
-      <c r="B228" s="10">
-[...2 lines deleted...]
-      <c r="C228" s="11"/>
+      <c r="B228" s="10"/>
+      <c r="C228" s="11">
+        <v>0.6</v>
+      </c>
       <c r="D228" s="9" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      <c r="K228" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E228" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F228" s="13">
+        <v>32084</v>
+      </c>
+      <c r="G228" s="14">
+        <v>1988</v>
+      </c>
+      <c r="H228" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I228" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J228" s="11">
+        <v>0.6</v>
+      </c>
+      <c r="K228" s="14">
+        <v>1988</v>
+      </c>
       <c r="L228" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A229" s="9"/>
       <c r="B229" s="10"/>
       <c r="C229" s="11">
-        <v>0.6</v>
+        <v>2.69</v>
       </c>
       <c r="D229" s="9" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="E229" s="12" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F229" s="13">
-        <v>32084</v>
+        <v>44502</v>
       </c>
       <c r="G229" s="14">
-        <v>1988</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>2022</v>
+      </c>
+      <c r="H229" s="15">
+        <v>5</v>
+      </c>
+      <c r="I229" s="15">
+        <v>2026</v>
       </c>
       <c r="J229" s="11">
-        <v>0.6</v>
+        <v>2.69</v>
       </c>
       <c r="K229" s="14">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="L229" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A230" s="9"/>
       <c r="B230" s="10"/>
       <c r="C230" s="11">
-        <v>2.69</v>
+        <v>2</v>
       </c>
       <c r="D230" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F230" s="13">
-        <v>44502</v>
+        <v>44873</v>
       </c>
       <c r="G230" s="14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H230" s="15">
         <v>5</v>
       </c>
       <c r="I230" s="15">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J230" s="11">
-        <v>2.69</v>
+        <v>2</v>
       </c>
       <c r="K230" s="14">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="L230" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A231" s="9"/>
       <c r="B231" s="10"/>
       <c r="C231" s="11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="E231" s="12" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="F231" s="13">
-        <v>44873</v>
+        <v>44502</v>
       </c>
       <c r="G231" s="14">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H231" s="15">
         <v>5</v>
       </c>
       <c r="I231" s="15">
-        <v>2027</v>
+        <v>2026</v>
       </c>
       <c r="J231" s="11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K231" s="14">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="L231" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A232" s="9"/>
-[...1 lines deleted...]
-      <c r="C232" s="11">
+      <c r="B232" s="8">
+        <f>SUM(B226:B231)</f>
         <v>1</v>
       </c>
-      <c r="D232" s="9" t="s">
-[...24 lines deleted...]
-        <v>15</v>
+      <c r="C232" s="3">
+        <f>SUM(C226:C231)</f>
+        <v>6.29</v>
       </c>
     </row>
     <row r="233" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B233" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B233" s="21"/>
     </row>
     <row r="234" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A234" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="B234" s="21"/>
     </row>
     <row r="235" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B235" s="21"/>
+      <c r="A235" s="9"/>
+      <c r="B235" s="10">
+        <v>2.7</v>
+      </c>
+      <c r="C235" s="11"/>
+      <c r="D235" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E235" s="12"/>
+      <c r="F235" s="13"/>
+      <c r="G235" s="14"/>
+      <c r="H235" s="15"/>
+      <c r="I235" s="15"/>
+      <c r="J235" s="11"/>
+      <c r="K235" s="14"/>
+      <c r="L235" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="236" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A236" s="9"/>
-      <c r="B236" s="10">
-[...2 lines deleted...]
-      <c r="C236" s="11"/>
+      <c r="B236" s="10"/>
+      <c r="C236" s="11">
+        <v>0.4</v>
+      </c>
       <c r="D236" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K236" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E236" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F236" s="13">
+        <v>44502</v>
+      </c>
+      <c r="G236" s="14">
+        <v>2021</v>
+      </c>
+      <c r="H236" s="15">
+        <v>5</v>
+      </c>
+      <c r="I236" s="15">
+        <v>2025</v>
+      </c>
+      <c r="J236" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="K236" s="14">
+        <v>2006</v>
+      </c>
       <c r="L236" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A237" s="9"/>
       <c r="B237" s="10"/>
       <c r="C237" s="11">
-        <v>0.4</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="D237" s="9" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="E237" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F237" s="13">
-        <v>44502</v>
+        <v>44138</v>
       </c>
       <c r="G237" s="14">
         <v>2021</v>
       </c>
       <c r="H237" s="15">
         <v>5</v>
       </c>
       <c r="I237" s="15">
         <v>2025</v>
       </c>
       <c r="J237" s="11">
-        <v>0.7</v>
+        <v>2.4500000000000002</v>
       </c>
       <c r="K237" s="14">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="L237" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A238" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B238" s="8">
+        <f>SUM(B235:B237)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C238" s="3">
+        <f>SUM(C235:C237)</f>
+        <v>2.85</v>
       </c>
     </row>
     <row r="239" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B239" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B239" s="21"/>
     </row>
     <row r="240" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A240" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="B240" s="21"/>
     </row>
     <row r="241" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B241" s="21"/>
+      <c r="A241" s="9"/>
+      <c r="B241" s="10">
+        <v>1.3</v>
+      </c>
+      <c r="C241" s="11"/>
+      <c r="D241" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E241" s="12"/>
+      <c r="F241" s="13"/>
+      <c r="G241" s="14"/>
+      <c r="H241" s="15"/>
+      <c r="I241" s="15"/>
+      <c r="J241" s="11"/>
+      <c r="K241" s="14"/>
+      <c r="L241" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="242" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A242" s="9"/>
       <c r="B242" s="10">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="C242" s="11"/>
       <c r="D242" s="9" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="E242" s="12"/>
       <c r="F242" s="13"/>
       <c r="G242" s="14"/>
       <c r="H242" s="15"/>
       <c r="I242" s="15"/>
       <c r="J242" s="11"/>
       <c r="K242" s="14"/>
       <c r="L242" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A243" s="9"/>
-      <c r="B243" s="10">
-[...2 lines deleted...]
-      <c r="C243" s="11"/>
+      <c r="B243" s="10"/>
+      <c r="C243" s="11">
+        <v>0.19800000000000001</v>
+      </c>
       <c r="D243" s="9" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      <c r="K243" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E243" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F243" s="13">
+        <v>45601</v>
+      </c>
+      <c r="G243" s="14">
+        <v>2025</v>
+      </c>
+      <c r="H243" s="15">
+        <v>5</v>
+      </c>
+      <c r="I243" s="15">
+        <v>2029</v>
+      </c>
+      <c r="J243" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="K243" s="14">
+        <v>2011</v>
+      </c>
       <c r="L243" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A244" s="9"/>
-[...29 lines deleted...]
-        <v>11</v>
+      <c r="B244" s="8">
+        <f>SUM(B241:B243)</f>
+        <v>2.7</v>
+      </c>
+      <c r="C244" s="3">
+        <f>SUM(C241:C243)</f>
+        <v>0.19800000000000001</v>
       </c>
     </row>
     <row r="245" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B245" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B245" s="21"/>
     </row>
     <row r="246" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A246" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="B246" s="21"/>
     </row>
     <row r="247" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B247" s="21"/>
+      <c r="A247" s="9"/>
+      <c r="B247" s="10">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="C247" s="11"/>
+      <c r="D247" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E247" s="12"/>
+      <c r="F247" s="13"/>
+      <c r="G247" s="14"/>
+      <c r="H247" s="15"/>
+      <c r="I247" s="15"/>
+      <c r="J247" s="11"/>
+      <c r="K247" s="14"/>
+      <c r="L247" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="248" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A248" s="9"/>
-      <c r="B248" s="10">
-[...2 lines deleted...]
-      <c r="C248" s="11"/>
+      <c r="B248" s="10"/>
+      <c r="C248" s="11">
+        <v>1.5</v>
+      </c>
       <c r="D248" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K248" s="14"/>
+        <v>55</v>
+      </c>
+      <c r="E248" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F248" s="13">
+        <v>29739</v>
+      </c>
+      <c r="G248" s="14">
+        <v>1981</v>
+      </c>
+      <c r="H248" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I248" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J248" s="11">
+        <v>1.5</v>
+      </c>
+      <c r="K248" s="14">
+        <v>1981</v>
+      </c>
       <c r="L248" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A249" s="9"/>
       <c r="B249" s="10"/>
       <c r="C249" s="11">
-        <v>1.5</v>
+        <v>1.2</v>
       </c>
       <c r="D249" s="9" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="E249" s="12" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F249" s="13">
-        <v>29739</v>
+        <v>44873</v>
       </c>
       <c r="G249" s="14">
-        <v>1981</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>2023</v>
+      </c>
+      <c r="H249" s="15">
+        <v>5</v>
+      </c>
+      <c r="I249" s="15">
+        <v>2027</v>
       </c>
       <c r="J249" s="11">
-        <v>1.5</v>
+        <v>1.2</v>
       </c>
       <c r="K249" s="14">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="L249" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A250" s="9"/>
       <c r="B250" s="10"/>
       <c r="C250" s="11">
-        <v>1.2</v>
+        <v>1</v>
       </c>
       <c r="D250" s="9" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="E250" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F250" s="13">
-        <v>44873</v>
+        <v>44138</v>
       </c>
       <c r="G250" s="14">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H250" s="15">
         <v>5</v>
       </c>
       <c r="I250" s="15">
-        <v>2027</v>
+        <v>2025</v>
       </c>
       <c r="J250" s="11">
-        <v>1.2</v>
+        <v>1</v>
       </c>
       <c r="K250" s="14">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="L250" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A251" s="9"/>
       <c r="B251" s="10"/>
       <c r="C251" s="11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D251" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E251" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F251" s="13">
-        <v>44138</v>
+        <v>44873</v>
       </c>
       <c r="G251" s="14">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H251" s="15">
         <v>5</v>
       </c>
       <c r="I251" s="15">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="J251" s="11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K251" s="14">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="L251" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A252" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B252" s="8">
+        <f>SUM(B247:B251)</f>
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="C252" s="3">
+        <f>SUM(C247:C251)</f>
+        <v>5.7</v>
       </c>
     </row>
     <row r="253" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B253" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B253" s="21"/>
     </row>
     <row r="254" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A254" s="1" t="s">
+        <v>86</v>
+      </c>
       <c r="B254" s="21"/>
     </row>
     <row r="255" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B255" s="21"/>
+      <c r="A255" s="9"/>
+      <c r="B255" s="10">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C255" s="11"/>
+      <c r="D255" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E255" s="12"/>
+      <c r="F255" s="13"/>
+      <c r="G255" s="14"/>
+      <c r="H255" s="15"/>
+      <c r="I255" s="15"/>
+      <c r="J255" s="11"/>
+      <c r="K255" s="14"/>
+      <c r="L255" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="256" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A256" s="9"/>
-      <c r="B256" s="10">
-[...2 lines deleted...]
-      <c r="C256" s="11"/>
+      <c r="B256" s="10"/>
+      <c r="C256" s="11">
+        <v>1</v>
+      </c>
       <c r="D256" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K256" s="14"/>
+        <v>72</v>
+      </c>
+      <c r="E256" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F256" s="13">
+        <v>31356</v>
+      </c>
+      <c r="G256" s="14">
+        <v>1985</v>
+      </c>
+      <c r="H256" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I256" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J256" s="11">
+        <v>1</v>
+      </c>
+      <c r="K256" s="14">
+        <v>1985</v>
+      </c>
       <c r="L256" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A257" s="9"/>
       <c r="B257" s="10"/>
       <c r="C257" s="11">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D257" s="9" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="E257" s="12" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F257" s="13">
-        <v>31356</v>
+        <v>44138</v>
       </c>
       <c r="G257" s="14">
-        <v>1985</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>2021</v>
+      </c>
+      <c r="H257" s="15">
+        <v>5</v>
+      </c>
+      <c r="I257" s="15">
+        <v>2025</v>
       </c>
       <c r="J257" s="11">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K257" s="14">
-        <v>1985</v>
+        <v>1996</v>
       </c>
       <c r="L257" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A258" s="9"/>
       <c r="B258" s="10"/>
       <c r="C258" s="11">
-        <v>5</v>
+        <v>1.26</v>
       </c>
       <c r="D258" s="9" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F258" s="13">
-        <v>44138</v>
+        <v>45237</v>
       </c>
       <c r="G258" s="14">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H258" s="15">
         <v>5</v>
       </c>
       <c r="I258" s="15">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="J258" s="11">
-        <v>5</v>
+        <v>1.26</v>
       </c>
       <c r="K258" s="14">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="L258" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A259" s="9"/>
       <c r="B259" s="10"/>
       <c r="C259" s="11">
-        <v>1.26</v>
+        <v>2</v>
       </c>
       <c r="D259" s="9" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F259" s="13">
-        <v>45237</v>
+        <v>44873</v>
       </c>
       <c r="G259" s="14">
         <v>2023</v>
       </c>
       <c r="H259" s="15">
         <v>5</v>
       </c>
       <c r="I259" s="15">
         <v>2027</v>
       </c>
       <c r="J259" s="11">
-        <v>1.26</v>
+        <v>2</v>
       </c>
       <c r="K259" s="14">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="L259" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A260" s="9"/>
-[...29 lines deleted...]
-        <v>11</v>
+      <c r="B260" s="8">
+        <f>SUM(B255:B259)</f>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C260" s="3">
+        <f>SUM(C255:C259)</f>
+        <v>9.26</v>
       </c>
     </row>
     <row r="261" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B261" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B261" s="21"/>
     </row>
     <row r="262" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A262" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="B262" s="21"/>
     </row>
     <row r="263" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B263" s="21"/>
+      <c r="A263" s="9"/>
+      <c r="B263" s="10">
+        <v>2.4</v>
+      </c>
+      <c r="C263" s="11"/>
+      <c r="D263" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E263" s="12"/>
+      <c r="F263" s="13"/>
+      <c r="G263" s="14"/>
+      <c r="H263" s="15"/>
+      <c r="I263" s="15"/>
+      <c r="J263" s="11"/>
+      <c r="K263" s="14"/>
+      <c r="L263" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="264" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A264" s="9"/>
-      <c r="B264" s="10">
-[...2 lines deleted...]
-      <c r="C264" s="11"/>
+      <c r="B264" s="10"/>
+      <c r="C264" s="11">
+        <v>1.8</v>
+      </c>
       <c r="D264" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K264" s="14"/>
+        <v>89</v>
+      </c>
+      <c r="E264" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F264" s="13">
+        <v>45965</v>
+      </c>
+      <c r="G264" s="14">
+        <v>2025</v>
+      </c>
+      <c r="H264" s="15">
+        <v>5</v>
+      </c>
+      <c r="I264" s="15">
+        <v>2029</v>
+      </c>
+      <c r="J264" s="11">
+        <v>1.8</v>
+      </c>
+      <c r="K264" s="14">
+        <v>2010</v>
+      </c>
       <c r="L264" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A265" s="9"/>
       <c r="B265" s="10"/>
       <c r="C265" s="11">
         <v>1.8</v>
       </c>
       <c r="D265" s="9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E265" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F265" s="13">
-        <v>43774</v>
+        <v>45965</v>
       </c>
       <c r="G265" s="14">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="H265" s="15">
         <v>5</v>
       </c>
       <c r="I265" s="15">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="J265" s="11">
         <v>1.8</v>
       </c>
       <c r="K265" s="14">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="L265" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A266" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B266" s="8">
+        <f>SUM(B263:B265)</f>
+        <v>2.4</v>
+      </c>
+      <c r="C266" s="3">
+        <f>SUM(C263:C265)</f>
+        <v>3.6</v>
       </c>
     </row>
     <row r="267" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B267" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B267" s="21"/>
     </row>
     <row r="268" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A268" s="1" t="s">
+        <v>91</v>
+      </c>
       <c r="B268" s="21"/>
     </row>
     <row r="269" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B269" s="21"/>
+      <c r="A269" s="9"/>
+      <c r="B269" s="10">
+        <v>2</v>
+      </c>
+      <c r="C269" s="11"/>
+      <c r="D269" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E269" s="12"/>
+      <c r="F269" s="13"/>
+      <c r="G269" s="14"/>
+      <c r="H269" s="15"/>
+      <c r="I269" s="15"/>
+      <c r="J269" s="11"/>
+      <c r="K269" s="14"/>
+      <c r="L269" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="270" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A270" s="9"/>
-      <c r="B270" s="10">
-[...2 lines deleted...]
-      <c r="C270" s="11"/>
+      <c r="B270" s="10"/>
+      <c r="C270" s="11">
+        <v>4</v>
+      </c>
       <c r="D270" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K270" s="14"/>
+        <v>92</v>
+      </c>
+      <c r="E270" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F270" s="13">
+        <v>44502</v>
+      </c>
+      <c r="G270" s="14">
+        <v>2022</v>
+      </c>
+      <c r="H270" s="15">
+        <v>5</v>
+      </c>
+      <c r="I270" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J270" s="11">
+        <v>4</v>
+      </c>
+      <c r="K270" s="14">
+        <v>1997</v>
+      </c>
       <c r="L270" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A271" s="9"/>
       <c r="B271" s="10"/>
       <c r="C271" s="11">
-        <v>4</v>
+        <v>3.5</v>
       </c>
       <c r="D271" s="9" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="E271" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F271" s="13">
         <v>44502</v>
       </c>
       <c r="G271" s="14">
         <v>2022</v>
       </c>
       <c r="H271" s="15">
         <v>5</v>
       </c>
       <c r="I271" s="15">
         <v>2026</v>
       </c>
       <c r="J271" s="11">
-        <v>4</v>
+        <v>3.5</v>
       </c>
       <c r="K271" s="14">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="L271" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A272" s="9"/>
       <c r="B272" s="10"/>
       <c r="C272" s="11">
-        <v>3.5</v>
+        <v>3</v>
       </c>
       <c r="D272" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E272" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F272" s="13">
-        <v>44502</v>
+        <v>44873</v>
       </c>
       <c r="G272" s="14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H272" s="15">
         <v>5</v>
       </c>
       <c r="I272" s="15">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J272" s="11">
-        <v>3.5</v>
+        <v>3</v>
       </c>
       <c r="K272" s="14">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="L272" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A273" s="9"/>
       <c r="B273" s="10"/>
       <c r="C273" s="11">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="D273" s="9" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="E273" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F273" s="13">
-        <v>44873</v>
+        <v>45601</v>
       </c>
       <c r="G273" s="14">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="H273" s="15">
         <v>5</v>
       </c>
       <c r="I273" s="15">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="J273" s="11">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="K273" s="14">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="L273" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A274" s="9"/>
       <c r="B274" s="10"/>
       <c r="C274" s="11">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="D274" s="9" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="E274" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F274" s="13">
-        <v>43774</v>
+        <v>44320</v>
       </c>
       <c r="G274" s="14">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H274" s="15">
         <v>5</v>
       </c>
       <c r="I274" s="15">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J274" s="11">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="K274" s="14">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="L274" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A275" s="9"/>
       <c r="B275" s="10"/>
       <c r="C275" s="11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D275" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E275" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F275" s="13">
-        <v>44320</v>
+        <v>44502</v>
       </c>
       <c r="G275" s="14">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H275" s="15">
         <v>5</v>
       </c>
       <c r="I275" s="15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J275" s="11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K275" s="14">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="L275" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A276" s="9"/>
       <c r="B276" s="10"/>
       <c r="C276" s="11">
-        <v>2</v>
+        <v>0.5</v>
       </c>
       <c r="D276" s="9" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="E276" s="12" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="F276" s="13">
-        <v>44502</v>
+        <v>44873</v>
       </c>
       <c r="G276" s="14">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H276" s="15">
         <v>5</v>
       </c>
       <c r="I276" s="15">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J276" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="K276" s="14">
+        <v>2023</v>
+      </c>
+      <c r="L276" s="15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B277" s="8">
+        <f>SUM(B269:B276)</f>
         <v>2</v>
       </c>
-      <c r="K276" s="14">
-[...37 lines deleted...]
-        <v>15</v>
+      <c r="C277" s="8">
+        <f>SUM(C269:C276)</f>
+        <v>18.5</v>
       </c>
     </row>
     <row r="278" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B278" s="8">
-[...6 lines deleted...]
-      </c>
+      <c r="B278" s="21"/>
     </row>
     <row r="279" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A279" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="B279" s="21"/>
     </row>
     <row r="280" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B280" s="21"/>
+      <c r="A280" s="9"/>
+      <c r="B280" s="10">
+        <v>2.4</v>
+      </c>
+      <c r="C280" s="11"/>
+      <c r="D280" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E280" s="12"/>
+      <c r="F280" s="13"/>
+      <c r="G280" s="14"/>
+      <c r="H280" s="15"/>
+      <c r="I280" s="15"/>
+      <c r="J280" s="11"/>
+      <c r="K280" s="14"/>
+      <c r="L280" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="281" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A281" s="9"/>
-      <c r="B281" s="10">
+      <c r="B281" s="8">
+        <f>B280</f>
         <v>2.4</v>
       </c>
-      <c r="C281" s="11"/>
-      <c r="D281" s="9" t="s">
+    </row>
+    <row r="282" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B282" s="21"/>
+    </row>
+    <row r="283" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A283" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B283" s="21"/>
+    </row>
+    <row r="284" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A284" s="9"/>
+      <c r="B284" s="10">
+        <v>2.4</v>
+      </c>
+      <c r="C284" s="11"/>
+      <c r="D284" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E281" s="12"/>
-[...23 lines deleted...]
-      <c r="B284" s="21"/>
+      <c r="E284" s="12"/>
+      <c r="F284" s="13"/>
+      <c r="G284" s="14"/>
+      <c r="H284" s="15"/>
+      <c r="I284" s="15"/>
+      <c r="J284" s="11"/>
+      <c r="K284" s="14"/>
+      <c r="L284" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="285" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A285" s="9"/>
-      <c r="B285" s="10">
-[...2 lines deleted...]
-      <c r="C285" s="11"/>
+      <c r="B285" s="10"/>
+      <c r="C285" s="11">
+        <v>1.2</v>
+      </c>
       <c r="D285" s="9" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="K285" s="14"/>
+        <v>95</v>
+      </c>
+      <c r="E285" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F285" s="13">
+        <v>45237</v>
+      </c>
+      <c r="G285" s="14">
+        <v>2024</v>
+      </c>
+      <c r="H285" s="15">
+        <v>5</v>
+      </c>
+      <c r="I285" s="15">
+        <v>2028</v>
+      </c>
+      <c r="J285" s="11">
+        <v>1.2</v>
+      </c>
+      <c r="K285" s="14">
+        <v>1989</v>
+      </c>
       <c r="L285" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A286" s="9"/>
       <c r="B286" s="10"/>
       <c r="C286" s="11">
-        <v>1.2</v>
+        <v>0.3</v>
       </c>
       <c r="D286" s="9" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="E286" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F286" s="13">
         <v>45237</v>
       </c>
       <c r="G286" s="14">
         <v>2024</v>
       </c>
       <c r="H286" s="15">
         <v>5</v>
       </c>
       <c r="I286" s="15">
         <v>2028</v>
       </c>
       <c r="J286" s="11">
-        <v>1.2</v>
+        <v>0.3</v>
       </c>
       <c r="K286" s="14">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="L286" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A287" s="9"/>
       <c r="B287" s="10"/>
       <c r="C287" s="11">
         <v>0.3</v>
       </c>
       <c r="D287" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E287" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F287" s="13">
-        <v>45237</v>
+        <v>44138</v>
       </c>
       <c r="G287" s="14">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="H287" s="15">
         <v>5</v>
       </c>
       <c r="I287" s="15">
-        <v>2028</v>
+        <v>2025</v>
       </c>
       <c r="J287" s="11">
         <v>0.3</v>
       </c>
       <c r="K287" s="14">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="L287" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A288" s="9"/>
       <c r="B288" s="10"/>
       <c r="C288" s="11">
-        <v>0.3</v>
+        <v>1</v>
       </c>
       <c r="D288" s="9" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="E288" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F288" s="13">
-        <v>44138</v>
+        <v>45601</v>
       </c>
       <c r="G288" s="14">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="H288" s="15">
         <v>5</v>
       </c>
       <c r="I288" s="15">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="J288" s="11">
-        <v>0.3</v>
+        <v>1</v>
       </c>
       <c r="K288" s="14">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="L288" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A289" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B289" s="8">
+        <f>SUM(B284:B288)</f>
+        <v>2.4</v>
+      </c>
+      <c r="C289" s="8">
+        <f>SUM(C284:C288)</f>
+        <v>2.8</v>
       </c>
     </row>
     <row r="290" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B290" s="8">
-        <f>SUM(B285:B289)</f>
+      <c r="B290" s="21"/>
+    </row>
+    <row r="291" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A291" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B291" s="21"/>
+    </row>
+    <row r="292" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A292" s="9"/>
+      <c r="B292" s="10">
         <v>2.4</v>
       </c>
-      <c r="C290" s="8">
-[...11 lines deleted...]
-      <c r="B292" s="21"/>
+      <c r="C292" s="11"/>
+      <c r="D292" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E292" s="12"/>
+      <c r="F292" s="13"/>
+      <c r="G292" s="14"/>
+      <c r="H292" s="15"/>
+      <c r="I292" s="15"/>
+      <c r="J292" s="11"/>
+      <c r="K292" s="14"/>
+      <c r="L292" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="293" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A293" s="9"/>
-      <c r="B293" s="10">
+      <c r="B293" s="10"/>
+      <c r="C293" s="11">
+        <v>2</v>
+      </c>
+      <c r="D293" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E293" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F293" s="13">
+        <v>44138</v>
+      </c>
+      <c r="G293" s="14">
+        <v>2021</v>
+      </c>
+      <c r="H293" s="15">
+        <v>5</v>
+      </c>
+      <c r="I293" s="15">
+        <v>2025</v>
+      </c>
+      <c r="J293" s="11">
+        <v>2</v>
+      </c>
+      <c r="K293" s="14">
+        <v>2021</v>
+      </c>
+      <c r="L293" s="15" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B294" s="8">
+        <f>SUM(B292:B293)</f>
         <v>2.4</v>
       </c>
-      <c r="C293" s="11"/>
-[...17 lines deleted...]
-      <c r="C294" s="11">
+      <c r="C294" s="8">
+        <f>SUM(C292:C293)</f>
         <v>2</v>
       </c>
-      <c r="D294" s="9" t="s">
+    </row>
+    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="B295" s="21"/>
+    </row>
+    <row r="296" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A296" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B296" s="21"/>
+    </row>
+    <row r="297" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A297" s="9"/>
+      <c r="B297" s="10"/>
+      <c r="C297" s="11">
+        <v>0.8</v>
+      </c>
+      <c r="D297" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="E294" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H294" s="15">
+      <c r="E297" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F297" s="13">
+        <v>45965</v>
+      </c>
+      <c r="G297" s="14">
+        <v>2025</v>
+      </c>
+      <c r="H297" s="15">
         <v>5</v>
       </c>
-      <c r="I294" s="15">
-[...8 lines deleted...]
-      <c r="L294" s="15" t="s">
+      <c r="I297" s="15">
+        <v>2029</v>
+      </c>
+      <c r="J297" s="11">
+        <v>0.8</v>
+      </c>
+      <c r="K297" s="14">
+        <v>2020</v>
+      </c>
+      <c r="L297" s="15" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    </row>
     <row r="298" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A298" s="9"/>
-[...1 lines deleted...]
-      <c r="C298" s="11">
+      <c r="B298" s="21"/>
+      <c r="C298" s="7">
+        <f>C297</f>
         <v>0.8</v>
-      </c>
-[...25 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B299" s="21"/>
-      <c r="C299" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A300" s="1" t="s">
+        <v>98</v>
+      </c>
       <c r="B300" s="21"/>
     </row>
     <row r="301" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B301" s="21"/>
+      <c r="A301" s="9"/>
+      <c r="B301" s="10"/>
+      <c r="C301" s="11">
+        <v>6</v>
+      </c>
+      <c r="D301" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E301" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F301" s="13">
+        <v>44138</v>
+      </c>
+      <c r="G301" s="14">
+        <v>2021</v>
+      </c>
+      <c r="H301" s="15">
+        <v>5</v>
+      </c>
+      <c r="I301" s="15">
+        <v>2025</v>
+      </c>
+      <c r="J301" s="11">
+        <v>6</v>
+      </c>
+      <c r="K301" s="14">
+        <v>2021</v>
+      </c>
+      <c r="L301" s="15" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="302" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A302" s="9"/>
-[...1 lines deleted...]
-      <c r="C302" s="11">
+      <c r="B302" s="21"/>
+      <c r="C302" s="7">
+        <f>C301</f>
         <v>6</v>
-      </c>
-[...25 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="303" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B303" s="21"/>
-      <c r="C303" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A304" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="B304" s="21"/>
     </row>
     <row r="305" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B305" s="21"/>
+      <c r="A305" s="9"/>
+      <c r="B305" s="10"/>
+      <c r="C305" s="11">
+        <v>2</v>
+      </c>
+      <c r="D305" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E305" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="F305" s="13">
+        <v>43592</v>
+      </c>
+      <c r="G305" s="14">
+        <v>2019</v>
+      </c>
+      <c r="H305" s="15">
+        <v>8</v>
+      </c>
+      <c r="I305" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J305" s="11">
+        <v>2</v>
+      </c>
+      <c r="K305" s="14">
+        <v>2019</v>
+      </c>
+      <c r="L305" s="15" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="306" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A306" s="9"/>
-[...1 lines deleted...]
-      <c r="C306" s="11">
+      <c r="B306" s="21"/>
+      <c r="C306" s="7">
+        <f>C305</f>
         <v>2</v>
-      </c>
-[...25 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B307" s="21"/>
-      <c r="C307" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="308" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A308" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="B308" s="21"/>
     </row>
     <row r="309" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B309" s="21"/>
+      <c r="A309" s="9"/>
+      <c r="B309" s="10"/>
+      <c r="C309" s="11">
+        <v>1</v>
+      </c>
+      <c r="D309" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E309" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F309" s="13">
+        <v>43410</v>
+      </c>
+      <c r="G309" s="14">
+        <v>2019</v>
+      </c>
+      <c r="H309" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="I309" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="J309" s="11">
+        <v>1</v>
+      </c>
+      <c r="K309" s="14">
+        <v>2009</v>
+      </c>
+      <c r="L309" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="310" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A310" s="9"/>
-[...1 lines deleted...]
-      <c r="C310" s="11">
+      <c r="B310" s="21"/>
+      <c r="C310" s="7">
+        <f>C309</f>
         <v>1</v>
-      </c>
-[...25 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B311" s="21"/>
-      <c r="C311" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A312" s="1" t="s">
+        <v>102</v>
+      </c>
       <c r="B312" s="21"/>
     </row>
     <row r="313" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B313" s="21"/>
+      <c r="A313" s="9"/>
+      <c r="B313" s="10"/>
+      <c r="C313" s="11">
+        <v>2</v>
+      </c>
+      <c r="D313" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E313" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F313" s="13">
+        <v>44873</v>
+      </c>
+      <c r="G313" s="14">
+        <v>2022</v>
+      </c>
+      <c r="H313" s="15">
+        <v>5</v>
+      </c>
+      <c r="I313" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J313" s="11">
+        <v>2</v>
+      </c>
+      <c r="K313" s="14">
+        <v>2022</v>
+      </c>
+      <c r="L313" s="15" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="314" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A314" s="9"/>
-[...1 lines deleted...]
-      <c r="C314" s="11">
+      <c r="B314" s="21"/>
+      <c r="C314" s="7">
+        <f>C313</f>
         <v>2</v>
-      </c>
-[...25 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B315" s="21"/>
-      <c r="C315" s="7">
-[...2 lines deleted...]
-      </c>
+      <c r="C315" s="7"/>
     </row>
     <row r="316" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A316" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="B316" s="21"/>
-      <c r="C316" s="7"/>
     </row>
     <row r="317" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B317" s="21"/>
+      <c r="A317" s="9"/>
+      <c r="B317" s="10"/>
+      <c r="C317" s="11">
+        <v>4</v>
+      </c>
+      <c r="D317" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E317" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F317" s="13">
+        <v>44684</v>
+      </c>
+      <c r="G317" s="14">
+        <v>2022</v>
+      </c>
+      <c r="H317" s="15">
+        <v>5</v>
+      </c>
+      <c r="I317" s="15">
+        <v>2026</v>
+      </c>
+      <c r="J317" s="11">
+        <v>4</v>
+      </c>
+      <c r="K317" s="14">
+        <v>2012</v>
+      </c>
+      <c r="L317" s="15" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="318" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A318" s="9"/>
       <c r="B318" s="10"/>
       <c r="C318" s="11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D318" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E318" s="12" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="F318" s="13">
-        <v>44684</v>
+        <v>45601</v>
       </c>
       <c r="G318" s="14">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="H318" s="15">
         <v>5</v>
       </c>
       <c r="I318" s="15">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="J318" s="11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K318" s="14">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="L318" s="15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="319" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A319" s="9"/>
-[...29 lines deleted...]
-        <v>15</v>
+      <c r="B319" s="21"/>
+      <c r="C319" s="7">
+        <f>SUM(C317:C318)</f>
+        <v>7</v>
       </c>
     </row>
     <row r="320" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B320" s="21"/>
-      <c r="C320" s="7">
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="321" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B321" s="21"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B322" s="21"/>
     </row>
   </sheetData>
   <pageMargins left="0.4" right="0.4" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>